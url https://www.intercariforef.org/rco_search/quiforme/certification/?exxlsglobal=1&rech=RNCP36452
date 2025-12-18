--- v0 (2025-10-14)
+++ v1 (2025-12-18)
@@ -151,99 +151,99 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE METROPOLE DE BOURGOGNE</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ET D'APPRENTISSAGE AUX METIERS</t>
   </si>
   <si>
     <t>288 RUE CLAUDE BERNARD 71000 MACON</t>
   </si>
   <si>
     <t>01/02/2021</t>
   </si>
   <si>
     <t>CHAMB COMMERC INDUSTRIE NICE COTE D'AZUR</t>
   </si>
   <si>
     <t>20 BOULEVARD CARABACEL 06000 NICE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>9306P001706</t>
   </si>
   <si>
+    <t>ASS FORMAT PROFESS PERMANENTE</t>
+  </si>
+  <si>
+    <t>14 RUE DU CHATEAU DES VERGNES 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASSOC REGIONALE POUR FORMATION PROF AUTO</t>
+  </si>
+  <si>
+    <t>19 RUE VICTOR HUGO 92130 ISSY-LES-MOULINEAUX</t>
+  </si>
+  <si>
+    <t>21/01/1993</t>
+  </si>
+  <si>
+    <t>CFA JEAN CLAUDE ANDRIEU</t>
+  </si>
+  <si>
+    <t>150-156 150 RUE DU MARECHAL LECLERC 94410 SAINT-MAURICE</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>ASS NATIONALE FORMATION AUTOMOBILE</t>
+  </si>
+  <si>
+    <t>43 B ROUTE DE VAUGIRARD 92190 MEUDON</t>
+  </si>
+  <si>
+    <t>01/12/2018</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
     <t>LA CITE DES FORMATIONS</t>
   </si>
   <si>
     <t>8 ALLEE ROGER LECOTTE 37100 TOURS</t>
   </si>
   <si>
     <t>01/01/1996</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...37 lines deleted...]
-    <t>82.99Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -790,96 +790,96 @@
         <v>13002794900093</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="3">
         <v>53351087435</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>13002794900259</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="3">
         <v>53351087435</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>13002799800116</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="2"/>
@@ -958,231 +958,231 @@
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>32570588700033</v>
+        <v>77921920300022</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>24370147037</v>
+        <v>83630024963</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77921920300022</v>
+        <v>78466255300089</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>83630024963</v>
+        <v>11940824994</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78466255300089</v>
+        <v>78466255300139</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E12" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D12" s="2"/>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
         <v>11940824994</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78466255300139</v>
+        <v>78467149700385</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D13" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78467149700385</v>
+        <v>32570588700033</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="I14" s="3"/>
+      <c r="I14" s="3">
+        <v>24370147037</v>
+      </c>
       <c r="J14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1195,31 +1195,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 21:37:30</dc:description>
+  <dc:description>Export en date du 12/18/2025 09:56:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>