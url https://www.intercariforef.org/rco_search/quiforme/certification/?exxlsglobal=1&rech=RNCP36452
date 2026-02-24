--- v1 (2025-12-18)
+++ v2 (2026-02-24)
@@ -151,99 +151,99 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE METROPOLE DE BOURGOGNE</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ET D'APPRENTISSAGE AUX METIERS</t>
   </si>
   <si>
     <t>288 RUE CLAUDE BERNARD 71000 MACON</t>
   </si>
   <si>
     <t>01/02/2021</t>
   </si>
   <si>
     <t>CHAMB COMMERC INDUSTRIE NICE COTE D'AZUR</t>
   </si>
   <si>
     <t>20 BOULEVARD CARABACEL 06000 NICE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>9306P001706</t>
   </si>
   <si>
+    <t>LA CITE DES FORMATIONS</t>
+  </si>
+  <si>
+    <t>8 ALLEE ROGER LECOTTE 37100 TOURS</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>ASS FORMAT PROFESS PERMANENTE</t>
   </si>
   <si>
     <t>14 RUE DU CHATEAU DES VERGNES 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>ASSOC REGIONALE POUR FORMATION PROF AUTO</t>
   </si>
   <si>
     <t>19 RUE VICTOR HUGO 92130 ISSY-LES-MOULINEAUX</t>
   </si>
   <si>
     <t>21/01/1993</t>
   </si>
   <si>
     <t>CFA JEAN CLAUDE ANDRIEU</t>
   </si>
   <si>
     <t>150-156 150 RUE DU MARECHAL LECLERC 94410 SAINT-MAURICE</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>ASS NATIONALE FORMATION AUTOMOBILE</t>
   </si>
   <si>
     <t>43 B ROUTE DE VAUGIRARD 92190 MEUDON</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
   <si>
     <t>82.99Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -907,282 +907,282 @@
         <v>13002948100095</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="3">
         <v>27210429021</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>18060001700016</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77921920300022</v>
+        <v>32570588700033</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
-        <v>83630024963</v>
+        <v>24370147037</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78466255300089</v>
+        <v>77921920300022</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>11940824994</v>
+        <v>83630024963</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78466255300139</v>
+        <v>78466255300089</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
         <v>11940824994</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78467149700385</v>
+        <v>78466255300139</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>55</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I13" s="3">
+        <v>11940824994</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>32570588700033</v>
+        <v>78467149700385</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="I14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1195,31 +1195,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 09:56:00</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:32:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>