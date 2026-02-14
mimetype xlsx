--- v0 (2025-12-18)
+++ v1 (2026-02-14)
@@ -1033,53 +1033,51 @@
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>42084724600204</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I12" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>42084724600212</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
@@ -1146,92 +1144,88 @@
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>42084724600253</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I15" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>42084724600261</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>52</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>42084724600287</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
@@ -1366,31 +1360,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 22:18:54</dc:description>
+  <dc:description>Export en date du 02/14/2026 16:46:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>