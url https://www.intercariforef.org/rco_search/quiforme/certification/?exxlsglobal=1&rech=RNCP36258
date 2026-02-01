--- v0 (2025-12-10)
+++ v1 (2026-02-01)
@@ -121,75 +121,75 @@
   <si>
     <t>31 B RUE DU BIGNON 44840 SORINIERES (LES)</t>
   </si>
   <si>
     <t>13/05/2011</t>
   </si>
   <si>
     <t>31.09A</t>
   </si>
   <si>
     <t xml:space="preserve">BOULOGNE LAURENCE CLAIRE JEANNE </t>
   </si>
   <si>
     <t>L'ESTRAN</t>
   </si>
   <si>
     <t>L'ESTRAN 6 RUE DE ROSBIGOT 29300 REDENE</t>
   </si>
   <si>
     <t>20/03/2007</t>
   </si>
   <si>
     <t>13.92Z</t>
   </si>
   <si>
+    <t>ALLIANCE CONSEIL PLUS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LAS COLINAS ETAGE 1 PARC D'ACTIVITE DE COLLIN 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>1 PLACE SAINT-GERVAIS 75004 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>CAMPUS DE FORMATION PROFESSIONNELLE COMPAGNONNIQUE (C.F.P.C.)</t>
   </si>
   <si>
     <t>12 AVENUE JEAN LURCAT 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>06/03/2013</t>
-  </si>
-[...16 lines deleted...]
-    <t>01/01/1900</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>RUE BASSE MOUILLERE 45160 OLIVET</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>2 RUE GASTON PLANTE 28000 CHARTRES</t>
   </si>
   <si>
     <t xml:space="preserve">DROUET PIERRE ANGEL JEAN </t>
   </si>
@@ -777,155 +777,155 @@
       <c r="F5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I5" s="3">
         <v>53290882429</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>80193062900010</v>
+        <v>51472059800036</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I6" s="3"/>
+      <c r="I6" s="3">
+        <v>95970122297</v>
+      </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>51472059800036</v>
+        <v>77566202600225</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>95970122297</v>
+        <v>11750079275</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77566202600225</v>
+        <v>80193062900010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
         <v>11930762893</v>
@@ -1086,31 +1086,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/10/2025 22:31:57</dc:description>
+  <dc:description>Export en date du 02/01/2026 21:19:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>