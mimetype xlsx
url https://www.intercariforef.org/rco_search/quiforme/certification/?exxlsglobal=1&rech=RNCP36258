--- v1 (2026-02-01)
+++ v2 (2026-03-20)
@@ -130,51 +130,51 @@
   <si>
     <t xml:space="preserve">BOULOGNE LAURENCE CLAIRE JEANNE </t>
   </si>
   <si>
     <t>L'ESTRAN</t>
   </si>
   <si>
     <t>L'ESTRAN 6 RUE DE ROSBIGOT 29300 REDENE</t>
   </si>
   <si>
     <t>20/03/2007</t>
   </si>
   <si>
     <t>13.92Z</t>
   </si>
   <si>
     <t>ALLIANCE CONSEIL PLUS</t>
   </si>
   <si>
     <t>IMMEUBLE LAS COLINAS ETAGE 1 PARC D'ACTIVITE DE COLLIN 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
-    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>1 PLACE SAINT-GERVAIS 75004 PARIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>CAMPUS DE FORMATION PROFESSIONNELLE COMPAGNONNIQUE (C.F.P.C.)</t>
   </si>
   <si>
     <t>12 AVENUE JEAN LURCAT 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>06/03/2013</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
@@ -1086,31 +1086,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 21:19:15</dc:description>
+  <dc:description>Export en date du 03/20/2026 23:17:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>