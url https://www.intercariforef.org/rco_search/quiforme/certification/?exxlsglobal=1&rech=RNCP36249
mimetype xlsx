--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -127,219 +127,219 @@
   <si>
     <t>GRETA COTE D'AZUR</t>
   </si>
   <si>
     <t>7 AVENUE DES EUCALYPTUS 06200 NICE</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>9306P002706</t>
   </si>
   <si>
     <t>ASS JEUNES SPORTIFS REGION ILE DE FRANCE</t>
   </si>
   <si>
     <t>4 B AV PRESIDENT J KENNEDY 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>04/02/1997</t>
   </si>
   <si>
+    <t>ARFASSEC CENTRE FORMASAT CFA SPORT ANIMATION TOURISME</t>
+  </si>
+  <si>
+    <t>185 RUE DU CLOS PASQUIES 45650 SAINT-JEAN-LE-BLANC</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t>ASS REG FORMATION METIER SPORT TOURISME</t>
+  </si>
+  <si>
+    <t>TOUR MEDITERRANEE 65 AVENUE JULES CANTINI 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>18/11/2024</t>
+  </si>
+  <si>
+    <t>LYON OLYMPIQUE UNIVERSITAIRE LOU RUGBY</t>
+  </si>
+  <si>
+    <t>405 AVENUE JEAN JAURES 69007 LYON</t>
+  </si>
+  <si>
+    <t>15/05/2017</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION OMNISPORTS</t>
+  </si>
+  <si>
+    <t>RUE LOUIS FARGES 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>USAP FORMATION</t>
+  </si>
+  <si>
+    <t>2 CHEMIN DU SACRE-COEUR 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASS DEVELOP PROFES SPORTIFS LA GAUTHIERE</t>
+  </si>
+  <si>
+    <t>1 RUE HENRI TOURRETTE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/08/2003</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL D'ACTION ET FORMATION SPORT ET SANTE</t>
+  </si>
+  <si>
+    <t>CRAF 2S</t>
+  </si>
+  <si>
+    <t>1 IMPASSE DU VEXIN 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>INSTITUT BRETON DU SPORT ET DE L'ANIMATION</t>
+  </si>
+  <si>
+    <t>PONT BILIO 56250 ELVEN</t>
+  </si>
+  <si>
+    <t>02/04/2010</t>
+  </si>
+  <si>
+    <t>SPORT LEMAN</t>
+  </si>
+  <si>
+    <t>DOMAINE DE THENIERES 74140 BALLAISON</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>HP FORMATION</t>
+  </si>
+  <si>
+    <t>34 ROUTE DE LYON 38300 BOURGOIN-JALLIEU</t>
+  </si>
+  <si>
+    <t>06/11/2020</t>
+  </si>
+  <si>
+    <t>CONTACT D PRO</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE CONSTANTINE 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>02/01/2025</t>
+  </si>
+  <si>
+    <t>FORMATION.S 89</t>
+  </si>
+  <si>
+    <t>8 RUE SOUFFLOT 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>17/01/2020</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
   </si>
   <si>
     <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...49 lines deleted...]
-  <si>
     <t>INSTITUT MARTINIQUAIS DU SPORT</t>
   </si>
   <si>
     <t>MANGOT VULCIN 97232 LE LAMENTIN</t>
   </si>
   <si>
     <t>26/09/2013</t>
   </si>
   <si>
     <t>SPOR</t>
   </si>
   <si>
     <t>159 A 161 159 RUE ARMAND SILVESTRE 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>24/01/2014</t>
   </si>
   <si>
     <t>93.11Z</t>
   </si>
   <si>
-    <t>CONTACT D PRO</t>
-[...19 lines deleted...]
-  <si>
     <t>AFM-MANAGEMENT</t>
   </si>
   <si>
     <t>PARC DES SEPT DENIERS 78 CHEMIN DES SEPT DENIERS 31200 TOULOUSE</t>
   </si>
   <si>
     <t>22/11/2021</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>INSTITUT DES METIERS DU SPORT BITERROIS</t>
   </si>
   <si>
     <t>5 AVENUE PIERRE BEREGOVOY 34420 VILLENEUVE-LES-BEZIERS</t>
   </si>
   <si>
     <t>08/02/2016</t>
-  </si>
-[...46 lines deleted...]
-    <t>01/08/2003</t>
   </si>
   <si>
     <t>LIGUE REGIONALE CORSE DE RUGBY</t>
   </si>
   <si>
     <t>LD PRECOJO 20290 LUCCIANA</t>
   </si>
   <si>
     <t>01/07/2018</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>LIGUE REGIONALE OCCITANIE DE RUGBY</t>
   </si>
   <si>
     <t>32 RUE DUBEZY 31500 TOULOUSE</t>
   </si>
   <si>
     <t>LIGUE REGIONALE NOUVELLE AQUITAINE DE RUGBY</t>
   </si>
   <si>
     <t>4 RUE DE BRANLAC 33170 GRADIGNAN</t>
   </si>
@@ -972,676 +972,676 @@
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I6" s="3">
         <v>11780454378</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>39992626000049</v>
+        <v>40875084200044</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>27210389121</v>
+        <v>24450194445</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>50153038000085</v>
+        <v>41430913800058</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>82010117601</v>
+        <v>93130786613</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>52504425100029</v>
+        <v>43325905800041</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I9" s="3">
-        <v>82740295674</v>
+        <v>84691642269</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>75090031800023</v>
+        <v>43961207800030</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="I10" s="3">
-        <v>26890115289</v>
+        <v>83150301715</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>40875084200044</v>
+        <v>44984201200022</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="I11" s="3">
-        <v>24450194445</v>
+        <v>91660115866</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41430913800058</v>
+        <v>45150291800019</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="I12" s="3">
-        <v>93130786613</v>
+        <v>83630369163</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>80012936300019</v>
+        <v>52037450500045</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>58</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="I13" s="3">
-        <v>97973070397</v>
+        <v>25140235814</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>80048386900015</v>
+        <v>52151363000017</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="I14" s="3">
-        <v>11922270792</v>
+        <v>53560851656</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>51758172400039</v>
+        <v>52504425100029</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="I15" s="3">
-        <v>82380464838</v>
+        <v>82740295674</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>52037450500045</v>
+        <v>50153038000085</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D16" s="2" t="s">
         <v>68</v>
       </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I16" s="3">
-        <v>25140235814</v>
+        <v>82010117601</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>80986085100025</v>
+        <v>51758172400039</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D17" s="2"/>
+      <c r="D17" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="E17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="I17" s="3">
-        <v>73310792631</v>
+        <v>82380464838</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>82114293200010</v>
+        <v>75090031800023</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="3">
-        <v>76340945234</v>
+        <v>26890115289</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>43325905800041</v>
+        <v>39992626000049</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="I19" s="3">
-        <v>84691642269</v>
+        <v>27210389121</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>52151363000017</v>
+        <v>80012936300019</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="I20" s="3">
-        <v>53560851656</v>
+        <v>97973070397</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43961207800030</v>
+        <v>80048386900015</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="I21" s="3">
-        <v>83150301715</v>
+        <v>11922270792</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>44984201200022</v>
+        <v>80986085100025</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="I22" s="3">
-        <v>91660115866</v>
+        <v>73310792631</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>45150291800019</v>
+        <v>82114293200010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="I23" s="3">
-        <v>83630369163</v>
+        <v>76340945234</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>83334551500021</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>97</v>
@@ -1659,88 +1659,88 @@
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>83366223200044</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>81</v>
+        <v>46</v>
       </c>
       <c r="I25" s="3">
         <v>76310924531</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>83384031700022</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>81</v>
+        <v>46</v>
       </c>
       <c r="I26" s="3">
         <v>75331164033</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>83439705100022</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
@@ -1842,31 +1842,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 15:23:49</dc:description>
+  <dc:description>Export en date du 12/24/2025 16:43:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>