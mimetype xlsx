--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -118,267 +118,267 @@
   <si>
     <t>10 B RUE DU QUATRE SEPTEMBRE 65000 TARBES</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>LYCEE TECHNIQUE REGIONAL LES EUCALYPTUS</t>
   </si>
   <si>
     <t>GRETA COTE D'AZUR</t>
   </si>
   <si>
     <t>7 AVENUE DES EUCALYPTUS 06200 NICE</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>9306P002706</t>
   </si>
   <si>
+    <t>LIGUE REGIONALE AUVERGNE - RHONE-ALPES DE RUGBY</t>
+  </si>
+  <si>
+    <t>ZAC DU CHAPOTIN 380 RUE DES FRERES VOISIN 69970 CHAPONNAY</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>CONTACT D PRO</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE CONSTANTINE 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>02/01/2025</t>
+  </si>
+  <si>
     <t>ASS JEUNES SPORTIFS REGION ILE DE FRANCE</t>
   </si>
   <si>
     <t>4 B AV PRESIDENT J KENNEDY 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>04/02/1997</t>
   </si>
   <si>
+    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>ARFASSEC CENTRE FORMASAT CFA SPORT ANIMATION TOURISME</t>
   </si>
   <si>
     <t>185 RUE DU CLOS PASQUIES 45650 SAINT-JEAN-LE-BLANC</t>
   </si>
   <si>
     <t>01/03/2019</t>
   </si>
   <si>
     <t>ASS REG FORMATION METIER SPORT TOURISME</t>
   </si>
   <si>
     <t>TOUR MEDITERRANEE 65 AVENUE JULES CANTINI 13006 MARSEILLE</t>
   </si>
   <si>
     <t>18/11/2024</t>
   </si>
   <si>
     <t>LYON OLYMPIQUE UNIVERSITAIRE LOU RUGBY</t>
   </si>
   <si>
     <t>405 AVENUE JEAN JAURES 69007 LYON</t>
   </si>
   <si>
     <t>15/05/2017</t>
   </si>
   <si>
     <t>93.12Z</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION OMNISPORTS</t>
   </si>
   <si>
     <t>RUE LOUIS FARGES 15000 AURILLAC</t>
   </si>
   <si>
     <t>01/07/2023</t>
   </si>
   <si>
     <t>USAP FORMATION</t>
   </si>
   <si>
     <t>2 CHEMIN DU SACRE-COEUR 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>01/06/2023</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS DEVELOP PROFES SPORTIFS LA GAUTHIERE</t>
   </si>
   <si>
     <t>1 RUE HENRI TOURRETTE 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>01/08/2003</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
+    <t>HP FORMATION</t>
+  </si>
+  <si>
+    <t>34 ROUTE DE LYON 38300 BOURGOIN-JALLIEU</t>
+  </si>
+  <si>
+    <t>06/11/2020</t>
+  </si>
+  <si>
     <t>CENTRE REGIONAL D'ACTION ET FORMATION SPORT ET SANTE</t>
   </si>
   <si>
     <t>CRAF 2S</t>
   </si>
   <si>
     <t>1 IMPASSE DU VEXIN 14460 COLOMBELLES</t>
   </si>
   <si>
     <t>01/02/2023</t>
   </si>
   <si>
     <t>INSTITUT BRETON DU SPORT ET DE L'ANIMATION</t>
   </si>
   <si>
     <t>PONT BILIO 56250 ELVEN</t>
   </si>
   <si>
     <t>02/04/2010</t>
   </si>
   <si>
     <t>SPORT LEMAN</t>
   </si>
   <si>
     <t>DOMAINE DE THENIERES 74140 BALLAISON</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
-    <t>HP FORMATION</t>
-[...16 lines deleted...]
-  <si>
     <t>FORMATION.S 89</t>
   </si>
   <si>
     <t>8 RUE SOUFFLOT 89000 AUXERRE</t>
   </si>
   <si>
     <t>17/01/2020</t>
   </si>
   <si>
-    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
-[...7 lines deleted...]
-  <si>
     <t>INSTITUT MARTINIQUAIS DU SPORT</t>
   </si>
   <si>
     <t>MANGOT VULCIN 97232 LE LAMENTIN</t>
   </si>
   <si>
     <t>26/09/2013</t>
   </si>
   <si>
     <t>SPOR</t>
   </si>
   <si>
     <t>159 A 161 159 RUE ARMAND SILVESTRE 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>24/01/2014</t>
   </si>
   <si>
     <t>93.11Z</t>
   </si>
   <si>
     <t>AFM-MANAGEMENT</t>
   </si>
   <si>
     <t>PARC DES SEPT DENIERS 78 CHEMIN DES SEPT DENIERS 31200 TOULOUSE</t>
   </si>
   <si>
     <t>22/11/2021</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>INSTITUT DES METIERS DU SPORT BITERROIS</t>
   </si>
   <si>
     <t>5 AVENUE PIERRE BEREGOVOY 34420 VILLENEUVE-LES-BEZIERS</t>
   </si>
   <si>
     <t>08/02/2016</t>
   </si>
   <si>
     <t>LIGUE REGIONALE CORSE DE RUGBY</t>
   </si>
   <si>
     <t>LD PRECOJO 20290 LUCCIANA</t>
   </si>
   <si>
-    <t>01/07/2018</t>
-[...4 lines deleted...]
-  <si>
     <t>LIGUE REGIONALE OCCITANIE DE RUGBY</t>
   </si>
   <si>
     <t>32 RUE DUBEZY 31500 TOULOUSE</t>
   </si>
   <si>
     <t>LIGUE REGIONALE NOUVELLE AQUITAINE DE RUGBY</t>
   </si>
   <si>
     <t>4 RUE DE BRANLAC 33170 GRADIGNAN</t>
   </si>
   <si>
     <t>LIGUE REGIONALE ILE-DE-FRANCE DE RUGBY</t>
   </si>
   <si>
     <t>9 RUE OMER TALON 75011 PARIS</t>
   </si>
   <si>
     <t>22/01/2019</t>
-  </si>
-[...4 lines deleted...]
-    <t>ZAC DU CHAPOTIN 380 RUE DES FRERES VOISIN 69970 CHAPONNAY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -935,895 +935,895 @@
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>39840928400021</v>
+        <v>83779168000049</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I6" s="3">
-        <v>11780454378</v>
+        <v>84691618369</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>40875084200044</v>
+        <v>51758172400039</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I7" s="3">
-        <v>24450194445</v>
+        <v>82380464838</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>41430913800058</v>
+        <v>39840928400021</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I8" s="3">
-        <v>93130786613</v>
+        <v>11780454378</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>43325905800041</v>
+        <v>39992626000049</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I9" s="3">
-        <v>84691642269</v>
+        <v>27210389121</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>43961207800030</v>
+        <v>40875084200044</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>83150301715</v>
+        <v>24450194445</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>44984201200022</v>
+        <v>41430913800058</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>91660115866</v>
+        <v>93130786613</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>45150291800019</v>
+        <v>43325905800041</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I12" s="3">
-        <v>83630369163</v>
+        <v>84691642269</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>52037450500045</v>
+        <v>43961207800030</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="I13" s="3">
-        <v>25140235814</v>
+        <v>83150301715</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>52151363000017</v>
+        <v>44984201200022</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="I14" s="3">
-        <v>53560851656</v>
+        <v>91660115866</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>52504425100029</v>
+        <v>45150291800019</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="I15" s="3">
-        <v>82740295674</v>
+        <v>83630369163</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>50153038000085</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I16" s="3">
         <v>82010117601</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>51758172400039</v>
+        <v>52037450500045</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I17" s="3">
-        <v>82380464838</v>
+        <v>25140235814</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>75090031800023</v>
+        <v>52151363000017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="3">
-        <v>26890115289</v>
+        <v>53560851656</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>39992626000049</v>
+        <v>52504425100029</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="I19" s="3">
-        <v>27210389121</v>
+        <v>82740295674</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>80012936300019</v>
+        <v>75090031800023</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="I20" s="3">
-        <v>97973070397</v>
+        <v>26890115289</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>80048386900015</v>
+        <v>80012936300019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="I21" s="3">
-        <v>11922270792</v>
+        <v>97973070397</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>80986085100025</v>
+        <v>80048386900015</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I22" s="3">
-        <v>73310792631</v>
+        <v>11922270792</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>82114293200010</v>
+        <v>80986085100025</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="I23" s="3">
-        <v>76340945234</v>
+        <v>73310792631</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>83334551500021</v>
+        <v>82114293200010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
       <c r="I24" s="3">
-        <v>94202103920</v>
+        <v>76340945234</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>83366223200044</v>
+        <v>83334551500021</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="I25" s="3">
-        <v>76310924531</v>
+        <v>94202103920</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>83384031700022</v>
+        <v>83366223200044</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="I26" s="3">
-        <v>75331164033</v>
+        <v>76310924531</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>83439705100022</v>
+        <v>83384031700022</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="I27" s="3">
-        <v>11756037475</v>
+        <v>75331164033</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>83779168000049</v>
+        <v>83439705100022</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>97</v>
+        <v>37</v>
       </c>
       <c r="I28" s="3">
-        <v>84691618369</v>
+        <v>11756037475</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1842,31 +1842,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 16:43:07</dc:description>
+  <dc:description>Export en date du 02/14/2026 10:46:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>