--- v0 (2025-12-15)
+++ v1 (2026-02-23)
@@ -142,153 +142,153 @@
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
   </si>
   <si>
     <t>GRETA LOIRE-ATLANTIQUE</t>
   </si>
   <si>
     <t>16 RUE DUFOUR 44000 NANTES</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ELISA LEMONNIER</t>
   </si>
   <si>
     <t>GRETA DU GRAND HAINAUT</t>
   </si>
   <si>
     <t>817 RUE CHARLES BOURSEUL 59500 DOUAI</t>
   </si>
   <si>
     <t>03/12/1991</t>
   </si>
   <si>
     <t>3159P001659</t>
   </si>
   <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
+  </si>
+  <si>
+    <t>17/09/2018</t>
+  </si>
+  <si>
+    <t>ICAM OUEST</t>
+  </si>
+  <si>
+    <t>35 AVENUE DU CHAMP DE MANOEUVRES 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>01/09/1989</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>CFAI DIAFOR</t>
+  </si>
+  <si>
+    <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ZAC DE KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>ZAC DE LA CARDONNIERE 12 RUE DE LA CARDONNIERE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>76 RUE LAROCHE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
     <t>ASS READAPTATION FORMAT PROFESSIONNELLE</t>
   </si>
   <si>
     <t>57 RUE ALBERT CAMUS 68200 MULHOUSE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>AFPI PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>1 RUE DU RIBAY 72000 LE MANS</t>
   </si>
   <si>
     <t>01/07/2008</t>
   </si>
   <si>
     <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>15/06/2020</t>
   </si>
   <si>
     <t>50 RUE JEAN ESSWEIN 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>03/07/2023</t>
   </si>
   <si>
     <t>AFPI INSERTION POITOU CHARENTE</t>
   </si>
   <si>
     <t>33 RUE DE L’ARSENAL 16000 ANGOULEME</t>
   </si>
   <si>
     <t>19/11/2012</t>
-  </si>
-[...61 lines deleted...]
-    <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
@@ -990,560 +990,558 @@
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77895430500018</v>
+        <v>30824995200083</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="I8" s="3">
-        <v>42680022768</v>
+        <v>53350007835</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78835426400087</v>
+        <v>30824995200133</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I9" s="3">
-        <v>52440004544</v>
+        <v>53350007835</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78835426400095</v>
+        <v>35263692200028</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
-        <v>52440004544</v>
+        <v>52440189944</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78835426400111</v>
+        <v>39048242000028</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="I11" s="3">
-        <v>52440004544</v>
+        <v>53220855422</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>79008626800014</v>
+        <v>39048242000036</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="I12" s="3">
-        <v>54160078316</v>
+        <v>53220855422</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30824995200083</v>
+        <v>39048242000051</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="I13" s="3">
-        <v>53350007835</v>
+        <v>53220855422</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30824995200133</v>
+        <v>39048242000069</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="I14" s="3">
-        <v>53350007835</v>
+        <v>53220855422</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77566202600167</v>
+        <v>39048242000077</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="I15" s="3">
-        <v>11750079275</v>
+        <v>53220855422</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>35263692200028</v>
+        <v>77566202600167</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G16" s="2"/>
+        <v>62</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="H16" s="2" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>39048242000028</v>
+        <v>77895430500018</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="I17" s="3">
-        <v>53220855422</v>
+        <v>42680022768</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>39048242000036</v>
+        <v>78835426400087</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="I18" s="3">
-        <v>53220855422</v>
+        <v>52440004544</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>39048242000051</v>
+        <v>78835426400095</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="I19" s="3">
-        <v>53220855422</v>
+        <v>52440004544</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>39048242000069</v>
+        <v>78835426400111</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="I20" s="3">
-        <v>53220855422</v>
+        <v>52440004544</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>39048242000077</v>
+        <v>79008626800014</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="I21" s="3">
-        <v>53220855422</v>
+        <v>54160078316</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>79</v>
       </c>
@@ -2189,31 +2187,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 22:28:54</dc:description>
+  <dc:description>Export en date du 02/23/2026 05:55:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>