--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -304,71 +304,98 @@
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>INSTITUT EUROPEEN DE FORMATION ECOLE PRIVEE</t>
+  </si>
+  <si>
+    <t>23 A RUE VAUBAN 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/07/1985</t>
+  </si>
+  <si>
     <t>GMD</t>
   </si>
   <si>
     <t>CAMPUS INTER DE JACOU 4 AVENUE JEAN SEBASTIEN BACH 34830 JACOU</t>
   </si>
   <si>
     <t>01/10/1992</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
+    <t>B2H83 FREJUS</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD EDOUARD HERRIOT 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>13/05/2019</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>ZA CAPITOU   POLE MIXTE 142 IMPASSE KIPLING 83600 FREJUS</t>
+  </si>
+  <si>
+    <t>10/09/2019</t>
+  </si>
+  <si>
     <t>CAMPUS DU LAC</t>
   </si>
   <si>
     <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>ASSOCIATION IMC ALTERNANCE</t>
   </si>
   <si>
     <t>276 AVENUE DU PRESIDENT WILSON 93210 SAINT-DENIS</t>
   </si>
   <si>
     <t>08/09/2022</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ARTEMYS</t>
   </si>
   <si>
     <t>INSTITUT DE MANAGEMENT COMMERCIAL</t>
@@ -376,99 +403,72 @@
   <si>
     <t>7 RUE DE LA MOSELLE 57160 SCY-CHAZELLES</t>
   </si>
   <si>
     <t>01/07/2006</t>
   </si>
   <si>
     <t>29/01/2025</t>
   </si>
   <si>
     <t>CENTRE DU BURGHOF 15 RUE DU PARC 57600 FORBACH</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>3 PLACE EDOUARD BRANLY 57070 METZ</t>
   </si>
   <si>
     <t>60 RUE JACQUINOT 54000 NANCY</t>
   </si>
   <si>
     <t>01/12/2021</t>
   </si>
   <si>
-    <t>INSTITUT EUROPEEN DE FORMATION ECOLE PRIVEE</t>
-[...7 lines deleted...]
-  <si>
     <t>B2H 83 LA VALETTE</t>
   </si>
   <si>
-    <t>25 BOULEVARD EDOUARD HERRIOT 13008 MARSEILLE</t>
-[...1 lines deleted...]
-  <si>
     <t>07/01/2016</t>
   </si>
   <si>
     <t>CENTRE HERMES PARC VALGORA RUE LAURENT SCHWARTZ 83160 LA VALETTE-DU-VAR</t>
   </si>
   <si>
     <t>01/03/2018</t>
   </si>
   <si>
     <t>B2H13 MARSEILLE</t>
   </si>
   <si>
     <t>B2H 13 AIX</t>
   </si>
   <si>
     <t>P.A DES MILLES ANTHELIOS BAT D 75 RUE MARCELIN BERTHELOT 13290 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>02/09/2019</t>
-  </si>
-[...13 lines deleted...]
-    <t>10/09/2019</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>CAMPUS RAMBOUILLET 44 RUE RAYMOND PATENOTRE 78120 RAMBOUILLET</t>
   </si>
   <si>
     <t>CAMPUS ENGHIEN 14 PLACE DU CARDINAL MERCIER 95880 ENGHIEN-LES-BAINS</t>
   </si>
   <si>
     <t>CAMPUS CERGY PONTOISE 8 RUE PIERRE DE COUBERTIN 95300 PONTOISE</t>
   </si>
   <si>
     <t>3 RUE ARMAND MOISANT 75015 PARIS 15</t>
   </si>
   <si>
     <t>01/04/2022</t>
   </si>
@@ -1784,634 +1784,632 @@
       <c r="F24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I24" s="3">
         <v>98970017797</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>38890113400014</v>
+        <v>31625230300029</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
       <c r="I25" s="3">
-        <v>91340005634</v>
+        <v>42670006267</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>38980220800014</v>
+        <v>38890113400014</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="I26" s="3">
-        <v>72470033047</v>
+        <v>91340005634</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>41058110200010</v>
+        <v>38980220800014</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="I27" s="3">
-        <v>72330424333</v>
+        <v>72470033047</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>48430660000038</v>
+        <v>85151781300016</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>34</v>
+        <v>109</v>
       </c>
       <c r="I28" s="3">
-        <v>11754622575</v>
+        <v>93131781213</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>48879238300025</v>
+        <v>85151781300024</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>109</v>
+        <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="E29" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="3">
-        <v>41570247357</v>
+        <v>93131781213</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>48879238300066</v>
+        <v>41058110200010</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I30" s="3">
-        <v>41570247357</v>
+        <v>72330424333</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>48879238300074</v>
+        <v>48430660000038</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I31" s="3">
-        <v>41570247357</v>
+        <v>11754622575</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>48879238300082</v>
+        <v>48879238300025</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="D32" s="2"/>
+        <v>119</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>120</v>
+      </c>
       <c r="E32" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="G32" s="2"/>
+        <v>122</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>123</v>
+      </c>
       <c r="H32" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I32" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>31625230300029</v>
+        <v>48879238300066</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D33" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I33" s="3">
-        <v>42670006267</v>
+        <v>41570247357</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>81839222700018</v>
+        <v>48879238300074</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+        <v>119</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>120</v>
+      </c>
       <c r="E34" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I34" s="3">
-        <v>93131628313</v>
+        <v>41570247357</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>81839222700026</v>
+        <v>48879238300082</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I35" s="3">
-        <v>93131628313</v>
+        <v>41570247357</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>81839227600015</v>
+        <v>81839222700018</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I36" s="3">
-        <v>93131671713</v>
+        <v>93131628313</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>81946418100018</v>
+        <v>81839222700026</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I37" s="3">
-        <v>93131671613</v>
+        <v>93131628313</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>81946418100034</v>
+        <v>81839227600015</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I38" s="3">
-        <v>93131671613</v>
+        <v>93131671713</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>85151781300016</v>
+        <v>81946418100018</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>134</v>
+        <v>25</v>
       </c>
       <c r="I39" s="3">
-        <v>93131781213</v>
+        <v>93131671613</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>85151781300024</v>
+        <v>81946418100034</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I40" s="3">
-        <v>93131781213</v>
+        <v>93131671613</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>88930797100024</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D41" s="2"/>
@@ -2621,31 +2619,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/20/2026 13:30:48</dc:description>
+  <dc:description>Export en date du 03/07/2026 15:46:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>