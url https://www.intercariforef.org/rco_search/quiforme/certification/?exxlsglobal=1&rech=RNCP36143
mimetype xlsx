--- v1 (2026-03-07)
+++ v2 (2026-03-07)
@@ -2619,31 +2619,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/07/2026 15:46:14</dc:description>
+  <dc:description>Export en date du 03/07/2026 17:17:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>