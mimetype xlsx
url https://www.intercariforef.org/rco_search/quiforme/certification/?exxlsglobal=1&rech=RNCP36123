--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -121,411 +121,411 @@
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>EXCELIA GROUP</t>
+  </si>
+  <si>
+    <t>BATIMENT D 8 RUE LEO DELIBES 37200 TOURS</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>AFTEC</t>
+  </si>
+  <si>
+    <t>AFTEC-IHECF-IPAC BACHELOR FACTORY</t>
+  </si>
+  <si>
+    <t>23 RUE LOUIS KERAUTRET-BOTMEL 35000 RENNES</t>
+  </si>
+  <si>
+    <t>23/03/2001</t>
+  </si>
+  <si>
+    <t>AFTEC - IPAC BACHELOR FACTORY</t>
+  </si>
+  <si>
+    <t>14 RUE ANITA CONTI 56000 VANNES</t>
+  </si>
+  <si>
+    <t>01/09/2016</t>
+  </si>
+  <si>
+    <t>31/08/2022</t>
+  </si>
+  <si>
+    <t>AFTEC IPAC BACHELOR FACTORY MB WAY WIN SPORT SCHO</t>
+  </si>
+  <si>
+    <t>13 RUE MARTIN LUTHER KING 14280 SAINT-CONTEST</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>SCIENCES-U LYON</t>
+  </si>
+  <si>
+    <t>EDUCTIVE LYON</t>
+  </si>
+  <si>
+    <t>53 COURS ALBERT THOMAS 69003 LYON</t>
+  </si>
+  <si>
+    <t>04/10/2002</t>
+  </si>
+  <si>
+    <t>IPAC</t>
+  </si>
+  <si>
+    <t>MBWAY - IPAC - IPAC BACHELOR FACTORY - IPAC ONLINE</t>
+  </si>
+  <si>
+    <t>42 CHE DE LA PRAIRIE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/09/1992</t>
+  </si>
+  <si>
+    <t>MBWAY - MY DIGITAL SCHOOL</t>
+  </si>
+  <si>
+    <t>BATIMENT HELIOPOLIS ENTREE G 16 RUE DU TOUR DE L’EAU 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>16/03/2015</t>
+  </si>
+  <si>
+    <t>IPAC - IPAC BACHELOR FACTORY - IPAC FORMATION PRO</t>
+  </si>
+  <si>
+    <t>SAVOIE TECHNOLAC 23 AVENUE LAC LEMAN 73370 LE BOURGET-DU-LAC</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>MBWAY - IPAC - IPAC BACHELOR FACTORY - WIN SPORT</t>
+  </si>
+  <si>
+    <t>CENTRE DES SERVICES 15 BD DE LA MER CASPIENNE 73370 LE BOURGET-DU-LAC</t>
+  </si>
+  <si>
+    <t>13/01/2020</t>
+  </si>
+  <si>
+    <t>INSTITUT FRANCAIS DES AFFAIRES</t>
+  </si>
+  <si>
+    <t>4 RUE SAINT-CHARLES 57000 METZ</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>UNIVERIA</t>
+  </si>
+  <si>
+    <t>6 RUE IRVOY 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>14/02/2014</t>
+  </si>
+  <si>
+    <t>SCIENCES-U LILLE</t>
+  </si>
+  <si>
+    <t>159 161 163 BOULEVARD DE LA LIBERTE 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/08/2017</t>
+  </si>
+  <si>
+    <t>CONSEIL FORMATION QUALIFICATION</t>
+  </si>
+  <si>
+    <t>ISIFA PLUS VALUES - AFASOP - IPAC BACHELOR FACTOR</t>
+  </si>
+  <si>
+    <t>38 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>02/01/2017</t>
+  </si>
+  <si>
     <t>ICCA - FORMATION</t>
   </si>
   <si>
     <t>46 RUE DE LA JUSTICE 51100 REIMS</t>
   </si>
   <si>
     <t>17/06/1997</t>
   </si>
   <si>
     <t>MAESTRIS</t>
   </si>
   <si>
     <t>10 RUE TRUGUET 83000 TOULON</t>
   </si>
   <si>
     <t>03/06/2003</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>684 AVENUE DU CLUB HIPPIQUE 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>01/03/2010</t>
   </si>
   <si>
     <t>02/06/2023</t>
   </si>
   <si>
     <t>IMMEUBLE ATRIUM 50 ALLEE DE SAFED 59777 LILLE</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
+    <t>ESPL-ECOLE SUPERIEURE DES PAYS DE LOIRE</t>
+  </si>
+  <si>
+    <t>ESPL - IPAC BACHELOR FACTORY - TUNON</t>
+  </si>
+  <si>
+    <t>19 RUE LE NOTRE 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>TALENTPEOPLE</t>
+  </si>
+  <si>
+    <t>16-18 16 RUE DE VIENNE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>10/07/2017</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>ECO COM</t>
+  </si>
+  <si>
+    <t>7 AVENUE DE L'ARCHITECTE LOUIS CORDONNIER 59800 LILLE</t>
+  </si>
+  <si>
+    <t>10/01/2005</t>
+  </si>
+  <si>
+    <t>01/08/2013</t>
+  </si>
+  <si>
+    <t>LA CARIBEENNE DE FORMATION</t>
+  </si>
+  <si>
+    <t>ESSENTIA CARAIBES</t>
+  </si>
+  <si>
+    <t>ZI DE CHAMPIGNY IMM LAGUERRE BAT A PETITE COCOTTE 97224 DUCOS</t>
+  </si>
+  <si>
+    <t>15/10/2010</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE L'ENSEIGNEMENT A DISTANCE</t>
+  </si>
+  <si>
+    <t>27/12/2021</t>
+  </si>
+  <si>
+    <t>29/07/2024</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>PREMIUM FORMATION</t>
+  </si>
+  <si>
+    <t>POLE LATOUR MAUBOURG 72 AVENUE DE ROMANS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>21/02/2013</t>
+  </si>
+  <si>
+    <t>OGEC VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>710 RUE DE L'AULANIERE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>PAZEL</t>
+  </si>
+  <si>
+    <t>8-14 8 PASSAGE DE LA MAIN D'OR 75011 PARIS</t>
+  </si>
+  <si>
+    <t>31/12/2018</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>LA COMPAGNIE DE FORMATION</t>
+  </si>
+  <si>
+    <t>LA CIE DE FORMATION PIGIER</t>
+  </si>
+  <si>
+    <t>15 ET 17 15 RUE DES MAGASINS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>30/12/1996</t>
+  </si>
+  <si>
+    <t>PIGIER- MBWAY-CAP VERS</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA CHATTERIE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>PIGIER</t>
+  </si>
+  <si>
+    <t>LES ATELIERS 11 RUE LOUIS BLERIOT 33130 BEGLES</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>PIGIER/MBWAY</t>
+  </si>
+  <si>
+    <t>LE MILLENAIRE ALLEE JEAN-MARIE TJIBAOU 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>31/12/2014</t>
+  </si>
+  <si>
+    <t>MBWAY</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 1 RUE PIERRE BOURDEIX 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>ESICAD MBWAY IPAC BACHELOR FACTORY</t>
+  </si>
+  <si>
+    <t>IMMEUBLE AMPERE 373 L’OCCITANE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'INFORMATIQUE ET DE MANAGEMENT DE L'INFORMATION</t>
+  </si>
+  <si>
+    <t>85 AVENUE PIERRE GRENIER 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>25/02/2019</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION TOP EDUCATION</t>
   </si>
   <si>
     <t>BATIMENT D 1 RUE LEO DELIBES 37200 TOURS</t>
   </si>
   <si>
     <t>09/02/2016</t>
-  </si>
-[...313 lines deleted...]
-    <t>01/08/2013</t>
   </si>
   <si>
     <t>FORMADU</t>
   </si>
   <si>
     <t>30/07/2022</t>
   </si>
   <si>
     <t>04/09/2023</t>
   </si>
   <si>
     <t>C3 CFA</t>
   </si>
   <si>
     <t>101 RUE DE LA FONTAINE GRELOT 92160 ANTONY</t>
   </si>
   <si>
     <t>26/07/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1139,1411 +1139,1411 @@
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3">
         <v>98970017797</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41266209000015</v>
+        <v>34876850800031</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G7" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="H7" s="2" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>21510098451</v>
+        <v>54170112617</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>42380635500099</v>
+        <v>35119111900160</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>42</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
-        <v>11922930492</v>
+        <v>53350248835</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>42380635500206</v>
+        <v>35119111900277</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I9" s="3">
-        <v>11922930492</v>
+        <v>53350248835</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>42380635500214</v>
+        <v>35119111900285</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G10" s="2"/>
+        <v>51</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>52</v>
+      </c>
       <c r="H10" s="2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I10" s="3">
-        <v>11922930492</v>
+        <v>53350248835</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>81998390900014</v>
+        <v>35176587000032</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>53</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>30</v>
+      </c>
+      <c r="I11" s="3">
+        <v>82690820069</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>48482681300020</v>
+        <v>38416491900027</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="I12" s="3">
-        <v>97970139397</v>
+        <v>82740024674</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48874104200037</v>
+        <v>38416491900159</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>57</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
-        <v>11922781092</v>
+        <v>82740024674</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30804972500036</v>
+        <v>38416491900183</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>57</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="I14" s="3">
-        <v>24180039818</v>
+        <v>82740024674</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>32922456200184</v>
+        <v>38416491900191</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
-        <v>11755201275</v>
+        <v>82740024674</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>32922456200572</v>
+        <v>38480937200046</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
-        <v>11755201275</v>
+        <v>41570090057</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>32922456200606</v>
+        <v>38768417800057</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
-        <v>11755201275</v>
+        <v>82380084938</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>32922456200614</v>
+        <v>39955313000044</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I18" s="3">
-        <v>11755201275</v>
+        <v>11922935992</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>32922456200705</v>
+        <v>40132583200087</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
-        <v>11755201275</v>
+        <v>11930303993</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>32922456200739</v>
+        <v>41266209000015</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I20" s="3">
-        <v>11755201275</v>
+        <v>21510098451</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>33017866600088</v>
+        <v>42380635500099</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="I21" s="3">
-        <v>11755669575</v>
+        <v>11922930492</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>35119111900160</v>
+        <v>42380635500206</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="D22" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F22" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="G22" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="H22" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="G22" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="I22" s="3">
-        <v>53350248835</v>
+        <v>11922930492</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>35119111900277</v>
+        <v>42380635500214</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="D23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="I23" s="3">
-        <v>53350248835</v>
+        <v>11922930492</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>35119111900285</v>
+        <v>44344472400027</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I24" s="3">
-        <v>53350248835</v>
+        <v>52490191449</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>35176587000032</v>
+        <v>47957585400159</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D25" s="2" t="s">
         <v>99</v>
       </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="G25" s="2"/>
+      <c r="G25" s="2" t="s">
+        <v>102</v>
+      </c>
       <c r="H25" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I25" s="3">
-        <v>82690820069</v>
+        <v>11755037075</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>38416491900027</v>
+        <v>48017681700033</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D26" s="2" t="s">
         <v>103</v>
       </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="G26" s="2"/>
+      <c r="G26" s="2" t="s">
+        <v>106</v>
+      </c>
       <c r="H26" s="2" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="I26" s="3">
-        <v>82740024674</v>
+        <v>11754890075</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>38416491900159</v>
+        <v>48482681300020</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="I27" s="3">
-        <v>82740024674</v>
+        <v>97970139397</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>38416491900183</v>
+        <v>48874104200037</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="G28" s="2"/>
+        <v>112</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>113</v>
+      </c>
       <c r="H28" s="2" t="s">
-        <v>55</v>
+        <v>89</v>
       </c>
       <c r="I28" s="3">
-        <v>82740024674</v>
+        <v>11922781092</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>38416491900191</v>
+        <v>50876465100024</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>55</v>
+        <v>117</v>
       </c>
       <c r="I29" s="3">
-        <v>82740024674</v>
+        <v>27210417621</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>38480937200046</v>
+        <v>51418826700025</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="I30" s="3">
-        <v>41570090057</v>
+        <v>82260175626</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>38768417800057</v>
+        <v>78320246800030</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="I31" s="3">
-        <v>82380084938</v>
+        <v>93840086284</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>39955313000044</v>
+        <v>78994702500035</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I32" s="3">
-        <v>11922935992</v>
+        <v>11755668975</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>40132583200087</v>
+        <v>30804972500036</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>30</v>
+        <v>117</v>
       </c>
       <c r="I33" s="3">
-        <v>11930303993</v>
+        <v>24180039818</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>51418826700025</v>
+        <v>32922456200184</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>131</v>
+      </c>
       <c r="E34" s="2" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="I34" s="3">
-        <v>82260175626</v>
+        <v>11755201275</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>78320246800030</v>
+        <v>32922456200572</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>134</v>
+      </c>
       <c r="E35" s="2" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="I35" s="3">
-        <v>93840086284</v>
+        <v>11755201275</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>78994702500035</v>
+        <v>32922456200606</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D36" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>137</v>
+      </c>
       <c r="E36" s="2" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>55</v>
+        <v>89</v>
       </c>
       <c r="I36" s="3">
-        <v>11755668975</v>
+        <v>11755201275</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>50876465100024</v>
+        <v>32922456200614</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>140</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>62</v>
+        <v>89</v>
       </c>
       <c r="I37" s="3">
-        <v>27210417621</v>
+        <v>11755201275</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>34876850800031</v>
+        <v>32922456200705</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>55</v>
+        <v>89</v>
       </c>
       <c r="I38" s="3">
-        <v>54170112617</v>
+        <v>11755201275</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>44344472400027</v>
+        <v>32922456200739</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>55</v>
+        <v>89</v>
       </c>
       <c r="I39" s="3">
-        <v>52490191449</v>
+        <v>11755201275</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>47957585400159</v>
+        <v>33017866600088</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="G40" s="2" t="s">
         <v>151</v>
       </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>34</v>
+        <v>152</v>
       </c>
       <c r="I40" s="3">
-        <v>11755037075</v>
+        <v>11755669575</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>48017681700033</v>
+        <v>81998390900014</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="G41" s="2" t="s">
         <v>155</v>
       </c>
+      <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>85115160500033</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>83</v>
+        <v>150</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>158</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>85</v>
+        <v>152</v>
       </c>
       <c r="I42" s="3">
         <v>11755929575</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>85294311700014</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
@@ -2608,31 +2608,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 12:48:31</dc:description>
+  <dc:description>Export en date du 12/06/2025 07:42:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>