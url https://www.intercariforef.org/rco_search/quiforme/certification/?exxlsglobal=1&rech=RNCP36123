--- v1 (2025-12-06)
+++ v2 (2026-02-02)
@@ -121,50 +121,134 @@
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>LA COMPAGNIE DE FORMATION</t>
+  </si>
+  <si>
+    <t>LA CIE DE FORMATION PIGIER</t>
+  </si>
+  <si>
+    <t>15 ET 17 15 RUE DES MAGASINS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>30/12/1996</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>PIGIER- MBWAY-IHECF-WIN SPORT SCHOOL</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA CHATTERIE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>PIGIER</t>
+  </si>
+  <si>
+    <t>LES ATELIERS 11 RUE LOUIS BLERIOT 33130 BEGLES</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>PIGIER/MBWAY</t>
+  </si>
+  <si>
+    <t>LE MILLENAIRE ALLEE JEAN-MARIE TJIBAOU 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>31/12/2014</t>
+  </si>
+  <si>
+    <t>MBWAY</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 1 RUE PIERRE BOURDEIX 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>ESICAD MBWAY IPAC BACHELOR FACTORY</t>
+  </si>
+  <si>
+    <t>IMMEUBLE AMPERE 373 L’OCCITANE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR D'INFORMATIQUE ET DE MANAGEMENT DE L'INFORMATION</t>
+  </si>
+  <si>
+    <t>85 AVENUE PIERRE GRENIER 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>25/02/2019</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>EXCELIA GROUP</t>
   </si>
   <si>
     <t>BATIMENT D 8 RUE LEO DELIBES 37200 TOURS</t>
   </si>
   <si>
     <t>01/12/2020</t>
   </si>
   <si>
     <t>01/05/2025</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>AFTEC</t>
   </si>
   <si>
     <t>AFTEC-IHECF-IPAC BACHELOR FACTORY</t>
   </si>
   <si>
     <t>23 RUE LOUIS KERAUTRET-BOTMEL 35000 RENNES</t>
@@ -283,53 +367,50 @@
   <si>
     <t>38 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>02/01/2017</t>
   </si>
   <si>
     <t>ICCA - FORMATION</t>
   </si>
   <si>
     <t>46 RUE DE LA JUSTICE 51100 REIMS</t>
   </si>
   <si>
     <t>17/06/1997</t>
   </si>
   <si>
     <t>MAESTRIS</t>
   </si>
   <si>
     <t>10 RUE TRUGUET 83000 TOULON</t>
   </si>
   <si>
     <t>03/06/2003</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>684 AVENUE DU CLUB HIPPIQUE 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>01/03/2010</t>
   </si>
   <si>
     <t>02/06/2023</t>
   </si>
   <si>
     <t>IMMEUBLE ATRIUM 50 ALLEE DE SAFED 59777 LILLE</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>ESPL-ECOLE SUPERIEURE DES PAYS DE LOIRE</t>
   </si>
   <si>
     <t>ESPL - IPAC BACHELOR FACTORY - TUNON</t>
   </si>
   <si>
     <t>19 RUE LE NOTRE 49000 ANGERS</t>
   </si>
   <si>
     <t>01/01/2009</t>
@@ -367,156 +448,75 @@
   <si>
     <t>ZI DE CHAMPIGNY IMM LAGUERRE BAT A PETITE COCOTTE 97224 DUCOS</t>
   </si>
   <si>
     <t>15/10/2010</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE L'ENSEIGNEMENT A DISTANCE</t>
   </si>
   <si>
     <t>27/12/2021</t>
   </si>
   <si>
     <t>29/07/2024</t>
   </si>
   <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>PREMIUM FORMATION</t>
   </si>
   <si>
     <t>POLE LATOUR MAUBOURG 72 AVENUE DE ROMANS 26000 VALENCE</t>
   </si>
   <si>
     <t>21/02/2013</t>
   </si>
   <si>
     <t>OGEC VINCENT DE PAUL</t>
   </si>
   <si>
     <t>710 RUE DE L'AULANIERE 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/01/2004</t>
   </si>
   <si>
     <t>PAZEL</t>
   </si>
   <si>
     <t>8-14 8 PASSAGE DE LA MAIN D'OR 75011 PARIS</t>
   </si>
   <si>
     <t>31/12/2018</t>
-  </si>
-[...76 lines deleted...]
-    <t>70.10Z</t>
   </si>
   <si>
     <t>ASSOCIATION TOP EDUCATION</t>
   </si>
   <si>
     <t>BATIMENT D 1 RUE LEO DELIBES 37200 TOURS</t>
   </si>
   <si>
     <t>09/02/2016</t>
   </si>
   <si>
     <t>FORMADU</t>
   </si>
   <si>
     <t>30/07/2022</t>
   </si>
   <si>
     <t>04/09/2023</t>
   </si>
   <si>
     <t>C3 CFA</t>
   </si>
   <si>
     <t>101 RUE DE LA FONTAINE GRELOT 92160 ANTONY</t>
   </si>
@@ -1139,1411 +1139,1411 @@
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3">
         <v>98970017797</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>34876850800031</v>
+        <v>30804972500036</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2"/>
+      <c r="H7" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G7" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I7" s="3">
-        <v>54170112617</v>
+        <v>24180039818</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>35119111900160</v>
+        <v>32922456200184</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I8" s="3">
-        <v>53350248835</v>
+        <v>11755201275</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>35119111900277</v>
+        <v>32922456200572</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D9" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="F9" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I9" s="3">
-        <v>53350248835</v>
+        <v>11755201275</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>35119111900285</v>
+        <v>32922456200606</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D10" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="E10" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I10" s="3">
-        <v>53350248835</v>
+        <v>11755201275</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>35176587000032</v>
+        <v>32922456200614</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I11" s="3">
-        <v>82690820069</v>
+        <v>11755201275</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38416491900027</v>
+        <v>32922456200705</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="I12" s="3">
-        <v>82740024674</v>
+        <v>11755201275</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>38416491900159</v>
+        <v>32922456200739</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="2" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="I13" s="3">
-        <v>82740024674</v>
+        <v>11755201275</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38416491900183</v>
+        <v>33017866600088</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="I14" s="3">
-        <v>82740024674</v>
+        <v>11755669575</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38416491900191</v>
+        <v>34876850800031</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D15" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="G15" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="H15" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="F15" s="2" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="I15" s="3">
-        <v>82740024674</v>
+        <v>54170112617</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38480937200046</v>
+        <v>35119111900160</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="3">
-        <v>41570090057</v>
+        <v>53350248835</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38768417800057</v>
+        <v>35119111900277</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="G17" s="2"/>
+      <c r="G17" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="H17" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
-        <v>82380084938</v>
+        <v>53350248835</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>39955313000044</v>
+        <v>35119111900285</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>69</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>77</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G18" s="2"/>
+        <v>79</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>80</v>
+      </c>
       <c r="H18" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="3">
-        <v>11922935992</v>
+        <v>53350248835</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>40132583200087</v>
+        <v>35176587000032</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="3">
-        <v>11930303993</v>
+        <v>82690820069</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>41266209000015</v>
+        <v>38416491900027</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D20" s="2"/>
+        <v>85</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="I20" s="3">
-        <v>21510098451</v>
+        <v>82740024674</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>42380635500099</v>
+        <v>38416491900159</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>85</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>89</v>
+      </c>
       <c r="E21" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="I21" s="3">
-        <v>11922930492</v>
+        <v>82740024674</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>42380635500206</v>
+        <v>38416491900183</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+        <v>85</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>92</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="I22" s="3">
-        <v>11922930492</v>
+        <v>82740024674</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>42380635500214</v>
+        <v>38416491900191</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>85</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>95</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="I23" s="3">
-        <v>11922930492</v>
+        <v>82740024674</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>44344472400027</v>
+        <v>38480937200046</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I24" s="3">
-        <v>52490191449</v>
+        <v>41570090057</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>47957585400159</v>
+        <v>38768417800057</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="I25" s="3">
-        <v>11755037075</v>
+        <v>82380084938</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>48017681700033</v>
+        <v>39955313000044</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="G26" s="2" t="s">
         <v>106</v>
       </c>
+      <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="3">
-        <v>11754890075</v>
+        <v>11922935992</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>48482681300020</v>
+        <v>40132583200087</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3">
-        <v>97970139397</v>
+        <v>11930303993</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>48874104200037</v>
+        <v>41266209000015</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>90</v>
+        <v>112</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="G28" s="2" t="s">
         <v>113</v>
       </c>
+      <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
-        <v>11922781092</v>
+        <v>21510098451</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>50876465100024</v>
+        <v>42380635500099</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>117</v>
+        <v>43</v>
       </c>
       <c r="I29" s="3">
-        <v>27210417621</v>
+        <v>11922930492</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>51418826700025</v>
+        <v>42380635500206</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="G30" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="F30" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>89</v>
+        <v>43</v>
       </c>
       <c r="I30" s="3">
-        <v>82260175626</v>
+        <v>11922930492</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78320246800030</v>
+        <v>42380635500214</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I31" s="3">
-        <v>93840086284</v>
+        <v>11922930492</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78994702500035</v>
+        <v>44344472400027</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E32" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="D32" s="2"/>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>40</v>
+        <v>68</v>
       </c>
       <c r="I32" s="3">
-        <v>11755668975</v>
+        <v>52490191449</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>30804972500036</v>
+        <v>47957585400159</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="F33" s="2" t="s">
+      <c r="G33" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>117</v>
+        <v>34</v>
       </c>
       <c r="I33" s="3">
-        <v>24180039818</v>
+        <v>11755037075</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>32922456200184</v>
+        <v>48017681700033</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D34" s="2" t="s">
+      <c r="D34" s="2"/>
+      <c r="E34" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="F34" s="2" t="s">
+      <c r="G34" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="I34" s="3">
-        <v>11755201275</v>
+        <v>11754890075</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>32922456200572</v>
+        <v>48482681300020</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="I35" s="3">
-        <v>11755201275</v>
+        <v>97970139397</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>32922456200606</v>
+        <v>48874104200037</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>138</v>
+        <v>117</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="G36" s="2"/>
+      <c r="G36" s="2" t="s">
+        <v>140</v>
+      </c>
       <c r="H36" s="2" t="s">
-        <v>89</v>
+        <v>43</v>
       </c>
       <c r="I36" s="3">
-        <v>11755201275</v>
+        <v>11922781092</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>32922456200614</v>
+        <v>50876465100024</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="I37" s="3">
-        <v>11755201275</v>
+        <v>27210417621</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>32922456200705</v>
+        <v>51418826700025</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>89</v>
+        <v>43</v>
       </c>
       <c r="I38" s="3">
-        <v>11755201275</v>
+        <v>82260175626</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>32922456200739</v>
+        <v>78320246800030</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="I39" s="3">
-        <v>11755201275</v>
+        <v>93840086284</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>33017866600088</v>
+        <v>78994702500035</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>152</v>
+        <v>68</v>
       </c>
       <c r="I40" s="3">
-        <v>11755669575</v>
+        <v>11755668975</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>81998390900014</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>89</v>
+        <v>43</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>85115160500033</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>158</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>152</v>
+        <v>62</v>
       </c>
       <c r="I42" s="3">
         <v>11755929575</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>85294311700014</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
@@ -2608,31 +2608,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/06/2025 07:42:44</dc:description>
+  <dc:description>Export en date du 02/02/2026 02:44:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>