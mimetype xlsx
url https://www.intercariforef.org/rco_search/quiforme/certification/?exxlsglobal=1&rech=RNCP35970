--- v0 (2025-12-17)
+++ v1 (2026-02-24)
@@ -1490,53 +1490,51 @@
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>34270750200726</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>63</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>34270750200734</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
@@ -2544,53 +2542,51 @@
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>77572257201117</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>63</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I49" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I49" s="3"/>
       <c r="J49" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>77572257201133</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
@@ -3021,31 +3017,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 17:24:39</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:15:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>