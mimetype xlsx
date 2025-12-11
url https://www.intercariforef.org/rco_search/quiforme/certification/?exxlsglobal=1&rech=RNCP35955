--- v0 (2025-10-14)
+++ v1 (2025-12-11)
@@ -14,401 +14,410 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
+  </si>
+  <si>
+    <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>163 RUE AUGUSTE BROUSSONNET 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LILLE</t>
+  </si>
+  <si>
+    <t>42 RUE PAUL DUEZ 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>UNIVERSITE PARIS-SACLAY</t>
+  </si>
+  <si>
+    <t>BATIMENT BREGUET 3 RUE JOLIOT-CURIE 91190 GIF-SUR-YVETTE</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>UNIVERSITE GRENOBLE ALPES</t>
+  </si>
+  <si>
+    <t>621 AVENUE CENTRALE 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>04/11/2019</t>
+  </si>
+  <si>
+    <t>UNIVERSITE CLERMONT AUVERGNE</t>
+  </si>
+  <si>
+    <t>49 BOULEVARD FRANCOIS MITTERRAND 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>09/12/2020</t>
+  </si>
+  <si>
+    <t>42 RUE PAUL DUEZ 59800 LILLE</t>
+  </si>
+  <si>
+    <t>22/09/2021</t>
+  </si>
+  <si>
+    <t>163 RUE AUGUSTE BROUSSONNET 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DIJON BOURGOGNE</t>
+  </si>
+  <si>
+    <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE BESANCON</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>05/10/1994</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>4325P000425</t>
+  </si>
+  <si>
+    <t>UNIVERSITE RENNES  II  HAUTE BRETAGNE</t>
+  </si>
+  <si>
+    <t>PLACE RECTEUR HENRI LE MOAL 35000 RENNES</t>
+  </si>
+  <si>
+    <t>5335P002335</t>
+  </si>
+  <si>
+    <t>UNIVERSITE JEAN MONNET SAINT ETIENNE</t>
+  </si>
+  <si>
+    <t>MAISON DE L'UNIVERSITE 10 RUE TREFILERIE 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>17/01/2011</t>
+  </si>
+  <si>
+    <t>8242P000242</t>
+  </si>
+  <si>
+    <t>TELECOM SAINT ETIENNE</t>
+  </si>
+  <si>
+    <t>25 RUE DR REMY ANNINO 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>25/12/2010</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE REIMS CHAMPAGNE-ARDENNE</t>
+  </si>
+  <si>
+    <t>2 AVENUE ROBERT SCHUMAN 51100 REIMS</t>
+  </si>
+  <si>
+    <t>22/03/2021</t>
+  </si>
+  <si>
+    <t>2151P001151</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE BRETAGNE SUD</t>
+  </si>
+  <si>
+    <t>27 RUE ARMAND GUILLEMOT 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>25/12/2007</t>
+  </si>
+  <si>
+    <t>5356P012256</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DU LITTORAL COTE D'OPALE</t>
+  </si>
+  <si>
+    <t>1 PLACE DE L'YSER 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>3162P003062</t>
+  </si>
+  <si>
+    <t>UNIVERSITE CLAUDE BERNARD LYON 1</t>
+  </si>
+  <si>
+    <t>43 BOULEVARD DU 11 NOVEMBRE 1918 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>8269P000169</t>
+  </si>
+  <si>
+    <t>UNIVERSITE SAVOIE MONT BLANC</t>
+  </si>
+  <si>
+    <t>27 RUE MARCOZ 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>8273P000273</t>
+  </si>
+  <si>
+    <t>UNIVERSITE AMIENS PICARDIE JULES VERNE</t>
+  </si>
+  <si>
+    <t>PRESIDENCE DE L UNIVERSITE</t>
+  </si>
+  <si>
+    <t>CHEMIN DU THIL 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>2280P000880</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE POITIERS</t>
+  </si>
+  <si>
+    <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>17/10/1994</t>
+  </si>
+  <si>
+    <t>5486P000386</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LIMOGES</t>
+  </si>
+  <si>
+    <t>SERVICES CENTRAUX</t>
+  </si>
+  <si>
+    <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>15/04/2002</t>
+  </si>
+  <si>
+    <t>7487P000287</t>
+  </si>
+  <si>
+    <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
+  </si>
+  <si>
+    <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
+  </si>
+  <si>
+    <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
+  </si>
+  <si>
+    <t>1193P000893</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE PARIS VIII.PARIS VINCENNES</t>
+  </si>
+  <si>
+    <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA LIBERTE 93200 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
+  </si>
+  <si>
+    <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>1194P000794</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LA REUNION</t>
+  </si>
+  <si>
+    <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>10/05/1984</t>
+  </si>
+  <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ADASA</t>
+  </si>
+  <si>
+    <t>BP 221 1 RUE HENRI TOURRETTE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>06/09/2003</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
   </si>
   <si>
     <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...295 lines deleted...]
-    <t>93.12Z</t>
   </si>
   <si>
     <t>INSTITUT EMPLOI FORMATION DU FOOTBALL</t>
   </si>
   <si>
     <t>87 BOULEVARD DE GRENELLE 75015 PARIS</t>
   </si>
   <si>
     <t>24/07/2009</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>UNIVERSITE MARIE ET LOUIS PASTEUR</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
@@ -783,51 +792,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M33"/>
+  <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -849,1248 +858,1285 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>39992626000049</v>
+        <v>11004401300040</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>11004401300040</v>
+        <v>13002054800017</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="G3" s="2"/>
+      <c r="G3" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13002054800017</v>
+        <v>13002358300011</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13002358300011</v>
+        <v>13002602400054</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I5" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I5" s="3">
+        <v>11910861991</v>
+      </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13002602400054</v>
+        <v>13002608100013</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>11910861991</v>
+        <v>84380736438</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>13002608100013</v>
+        <v>13002806100013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
-        <v>84380736438</v>
+        <v>84630531763</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>13002806100013</v>
+        <v>13002975400012</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
-        <v>84630531763</v>
+        <v>32591104359</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>13002975400012</v>
+        <v>13002979600013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I9" s="3">
-        <v>32591104359</v>
+        <v>76341153134</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>13002979600013</v>
+        <v>19211237300019</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="G10" s="2"/>
+      <c r="G10" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="H10" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19211237300019</v>
+        <v>19251215000363</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D11" s="2"/>
+      <c r="D11" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I11" s="3" t="s">
+        <v>50</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19251215000363</v>
+        <v>19350937900015</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="G12" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="I12" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="H12" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19350937900015</v>
+        <v>19421095100423</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G13" s="2"/>
+      <c r="G13" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="H13" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>57</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19421095100423</v>
+        <v>19421095100456</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19421095100456</v>
+        <v>19511296600799</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D15" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2"/>
+      <c r="H15" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="I15" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="G15" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19511296600799</v>
+        <v>19561718800600</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>68</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19561718800600</v>
+        <v>19594403800205</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="D17" s="2"/>
+      <c r="D17" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>72</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19594403800205</v>
+        <v>19691774400019</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>75</v>
+        <v>43</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19691774400019</v>
+        <v>19730858800015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19730858800015</v>
+        <v>19801344300017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D20" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>82</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19801344300017</v>
+        <v>19860856400375</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D21" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E21" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>86</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19860856400375</v>
+        <v>19870669900321</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19870669900321</v>
+        <v>19931238000017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>95</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19931238000017</v>
+        <v>19931827000014</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19931827000014</v>
+        <v>19941111700013</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="D25" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I25" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>101</v>
+      </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I27" s="3">
         <v>32590996759</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>43903961100025</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I28" s="3">
         <v>84691657569</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>45237779900013</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="I29" s="3">
         <v>83630416463</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>51471235500015</v>
+        <v>39992626000049</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I30" s="3">
-        <v>11754607875</v>
+        <v>27210389121</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>93810656400017</v>
+        <v>51471235500015</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="D31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>29</v>
+        <v>123</v>
       </c>
       <c r="I31" s="3">
-        <v>27250387225</v>
+        <v>11754607875</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>93823061200013</v>
+        <v>93810656400017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="D32" s="2"/>
+      <c r="D32" s="2" t="s">
+        <v>125</v>
+      </c>
       <c r="E32" s="2" t="s">
-        <v>125</v>
+        <v>47</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I32" s="3">
-        <v>27210481021</v>
+        <v>27250387225</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>93850168100010</v>
+        <v>93823061200013</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I33" s="3">
+        <v>27210481021</v>
+      </c>
+      <c r="J33" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="K33" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="L33" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="M33" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13">
+      <c r="A34" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="I34" s="3">
         <v>84420455442</v>
       </c>
-      <c r="J33" s="2" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="J34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="K34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="L34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="M34" s="2" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2103,31 +2149,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 23:12:16</dc:description>
+  <dc:description>Export en date du 12/11/2025 18:50:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>