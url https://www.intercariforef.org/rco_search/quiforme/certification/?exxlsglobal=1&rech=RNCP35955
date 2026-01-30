--- v1 (2025-12-11)
+++ v2 (2026-01-30)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -280,144 +280,141 @@
   <si>
     <t>PRESIDENCE DE L UNIVERSITE</t>
   </si>
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>1193P000893</t>
   </si>
   <si>
     <t>UNIVERSITE DE PARIS VIII.PARIS VINCENNES</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
   </si>
   <si>
     <t>2 RUE DE LA LIBERTE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
-    <t>FORMA SUP ARL</t>
-[...10 lines deleted...]
-  <si>
     <t>ADASA</t>
   </si>
   <si>
     <t>BP 221 1 RUE HENRI TOURRETTE 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>06/09/2003</t>
   </si>
   <si>
     <t>93.12Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>INSTITUT EMPLOI FORMATION DU FOOTBALL</t>
   </si>
   <si>
     <t>87 BOULEVARD DE GRENELLE 75015 PARIS</t>
   </si>
   <si>
     <t>24/07/2009</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>UNIVERSITE MARIE ET LOUIS PASTEUR</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
@@ -1620,504 +1617,502 @@
         <v>86</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="D22" s="2"/>
+      <c r="E22" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D23" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="E23" s="2" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19931827000014</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D24" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="E24" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>42813525500050</v>
+        <v>43903961100025</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="I27" s="3">
-        <v>32590996759</v>
+        <v>84691657569</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>43903961100025</v>
+        <v>39992626000049</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>111</v>
       </c>
       <c r="I28" s="3">
-        <v>84691657569</v>
+        <v>27210389121</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>45237779900013</v>
+        <v>42813525500050</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>115</v>
+        <v>24</v>
       </c>
       <c r="I29" s="3">
-        <v>83630416463</v>
+        <v>32590996759</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>39992626000049</v>
+        <v>45237779900013</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="I30" s="3">
-        <v>27210389121</v>
+        <v>83630416463</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>51471235500015</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="I31" s="3">
         <v>11754607875</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>93810656400017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D32" s="2" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="3">
         <v>27250387225</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="3">
         <v>27210481021</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>93850168100010</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="3">
         <v>84420455442</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -2149,31 +2144,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/11/2025 18:50:02</dc:description>
+  <dc:description>Export en date du 01/30/2026 01:04:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>