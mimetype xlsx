--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -166,74 +166,68 @@
   <si>
     <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE BESANCON</t>
   </si>
   <si>
     <t>UNIVERSITE DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
   </si>
   <si>
     <t>05/10/1994</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
-    <t>4325P000425</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE RENNES  II  HAUTE BRETAGNE</t>
   </si>
   <si>
     <t>PLACE RECTEUR HENRI LE MOAL 35000 RENNES</t>
   </si>
   <si>
     <t>5335P002335</t>
   </si>
   <si>
     <t>UNIVERSITE JEAN MONNET SAINT ETIENNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE 10 RUE TREFILERIE 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>17/01/2011</t>
   </si>
   <si>
-    <t>8242P000242</t>
-[...1 lines deleted...]
-  <si>
     <t>TELECOM SAINT ETIENNE</t>
   </si>
   <si>
     <t>25 RUE DR REMY ANNINO 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>25/12/2010</t>
   </si>
   <si>
     <t>UNIVERSITE DE REIMS CHAMPAGNE-ARDENNE</t>
   </si>
   <si>
     <t>2 AVENUE ROBERT SCHUMAN 51100 REIMS</t>
   </si>
   <si>
     <t>22/03/2021</t>
   </si>
   <si>
     <t>2151P001151</t>
   </si>
   <si>
     <t>UNIVERSITE DE BRETAGNE SUD</t>
   </si>
   <si>
     <t>27 RUE ARMAND GUILLEMOT 56100 LORIENT</t>
@@ -328,105 +322,108 @@
   <si>
     <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
   </si>
   <si>
     <t>2 RUE DE LA LIBERTE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>INSTITUT EMPLOI FORMATION DU FOOTBALL</t>
+  </si>
+  <si>
+    <t>87 BOULEVARD DE GRENELLE 75015 PARIS</t>
+  </si>
+  <si>
+    <t>24/07/2009</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
     <t>FORMA SUP ARL</t>
   </si>
   <si>
     <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/06/2001</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
-    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
-[...19 lines deleted...]
-  <si>
     <t>ADASA</t>
   </si>
   <si>
     <t>BP 221 1 RUE HENRI TOURRETTE 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>06/09/2003</t>
   </si>
   <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
     <t>93.12Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.51Z</t>
   </si>
   <si>
     <t>UNIVERSITE MARIE ET LOUIS PASTEUR</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE JEAN MONNET</t>
   </si>
   <si>
     <t>10 RUE TREFILERIE 42100 SAINT-ETIENNE</t>
   </si>
@@ -1209,910 +1206,904 @@
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19251215000363</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19350937900015</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19421095100423</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19421095100456</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D14" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19561718800600</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19594403800205</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19691774400019</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19730858800015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19801344300017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>85</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19931827000014</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E24" s="2" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>43903961100025</v>
+        <v>51471235500015</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="I27" s="3">
-        <v>84691657569</v>
+        <v>11754607875</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>39992626000049</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="I28" s="3">
         <v>27210389121</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="3">
         <v>32590996759</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>45237779900013</v>
+        <v>43903961100025</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="I30" s="3">
-        <v>83630416463</v>
+        <v>84691657569</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>51471235500015</v>
+        <v>45237779900013</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G31" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="F31" s="2" t="s">
+      <c r="H31" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="G31" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>93810656400017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D32" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="3">
         <v>27250387225</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="3">
         <v>27210481021</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>93850168100010</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="3">
         <v>84420455442</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -2144,31 +2135,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 01:04:37</dc:description>
+  <dc:description>Export en date du 03/16/2026 07:42:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>