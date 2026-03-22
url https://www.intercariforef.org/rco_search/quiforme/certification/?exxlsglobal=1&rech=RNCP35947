--- v0 (2026-01-10)
+++ v1 (2026-03-22)
@@ -148,90 +148,90 @@
   <si>
     <t>1 QUAI DE TOURVILLE 44300 NANTES</t>
   </si>
   <si>
     <t>04/10/2021</t>
   </si>
   <si>
     <t>42 RUE PAUL DUEZ 59800 LILLE</t>
   </si>
   <si>
     <t>22/09/2021</t>
   </si>
   <si>
     <t>UNIVERSITE DE CORSE P PAOLI</t>
   </si>
   <si>
     <t>AVENUE JEAN NICOLI 20250 CORTE</t>
   </si>
   <si>
     <t>20/11/1984</t>
   </si>
   <si>
     <t>25/05/2020</t>
   </si>
   <si>
+    <t>BAT JEAN TOUSSAINT DESANTI AVENUE DU 9 SEPTEMBRE 20250 CORTE</t>
+  </si>
+  <si>
     <t>9420P208520</t>
   </si>
   <si>
-    <t>BAT JEAN TOUSSAINT DESANTI AVENUE DU 9 SEPTEMBRE 20250 CORTE</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE RENNES  II  HAUTE BRETAGNE</t>
   </si>
   <si>
     <t>PLACE RECTEUR HENRI LE MOAL 35000 RENNES</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>5335P002335</t>
   </si>
   <si>
     <t>UNIVERSITE DE NANTES</t>
   </si>
   <si>
     <t>1 QUAI DE TOURVILLE 44000 NANTES</t>
   </si>
   <si>
     <t>UNIVERSITE DE REIMS CHAMPAGNE-ARDENNE</t>
   </si>
   <si>
     <t>VILLA DOUCE 9 BOULEVARD DE LA PAIX 51100 REIMS</t>
   </si>
   <si>
     <t>02/05/1994</t>
   </si>
   <si>
     <t>22/03/2021</t>
   </si>
   <si>
+    <t>2 AVENUE ROBERT SCHUMAN 51100 REIMS</t>
+  </si>
+  <si>
     <t>2151P001151</t>
-  </si>
-[...1 lines deleted...]
-    <t>2 AVENUE ROBERT SCHUMAN 51100 REIMS</t>
   </si>
   <si>
     <t>UNIVERSITE DE ROUEN-NORMANDIE</t>
   </si>
   <si>
     <t>1 RUE THOMAS BECKET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>2376P002876</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE MARNE LA VALLEE</t>
   </si>
@@ -944,89 +944,87 @@
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19202664900017</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>19202664900264</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19350937900015</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
@@ -1094,89 +1092,87 @@
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19511296600435</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19761904200017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="2"/>
@@ -1314,31 +1310,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/11/2026 00:28:58</dc:description>
+  <dc:description>Export en date du 03/22/2026 05:34:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>