--- v0 (2025-12-13)
+++ v1 (2026-02-14)
@@ -166,162 +166,162 @@
   <si>
     <t>GRETA 71 SUD BOURGOGNE</t>
   </si>
   <si>
     <t>141 AVENUE BOUCICAUT 71100 CHALON-SUR-SAONE</t>
   </si>
   <si>
     <t>01/05/1989</t>
   </si>
   <si>
     <t>2671P002171</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
     <t>ASS DEVELOP APPRENTIS INDUST AQUITAIN</t>
   </si>
   <si>
     <t>MAISON DE LA METALLURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
   </si>
   <si>
     <t>26/12/1988</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>CFAI DIAFOR</t>
   </si>
   <si>
     <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
   </si>
   <si>
     <t>01/01/1993</t>
   </si>
   <si>
     <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
   </si>
   <si>
     <t>AFPI ACM FORMATION</t>
   </si>
   <si>
     <t>89 RUE PECLET 59300 VALENCIENNES</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
     <t>INSTITUT FORMELEC</t>
   </si>
   <si>
     <t>JARRY 23 B RUE ALFRED LUMIERE 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/06/2007</t>
   </si>
   <si>
-    <t>AFPI BRETAGNE</t>
-[...5 lines deleted...]
-    <t>07/10/2002</t>
+    <t xml:space="preserve">LUCCHINI THIERRY PIERRE  </t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LAUGA 64450 LASCLAVERIES</t>
+  </si>
+  <si>
+    <t>15/09/2012</t>
+  </si>
+  <si>
+    <t>33.20A</t>
   </si>
   <si>
     <t>LES CLES DE LA COMPETENCE</t>
   </si>
   <si>
     <t>214 AVENUE CALENDAL 13600 LA CIOTAT</t>
   </si>
   <si>
     <t>25/07/2012</t>
   </si>
   <si>
+    <t>POLE FORMATION UIMM LIMOUSIN - AFPI LIMOUSIN</t>
+  </si>
+  <si>
+    <t>ZI ROMANET 9 RUE JEAN-BAPTISTE SAY 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/05/1995</t>
+  </si>
+  <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>31/10/1994</t>
   </si>
   <si>
     <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
   </si>
   <si>
     <t>01/03/2011</t>
   </si>
   <si>
     <t>74 RUE DE POULAINVILLE 80080 AMIENS</t>
   </si>
   <si>
     <t>01/07/2020</t>
-  </si>
-[...19 lines deleted...]
-    <t>01/05/1995</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
@@ -1082,559 +1082,559 @@
       <c r="F8" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I8" s="3">
         <v>54860142086</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>35109084000015</v>
+        <v>30824995200083</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="I9" s="3">
-        <v>75331179633</v>
+        <v>53350007835</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>39048242000028</v>
+        <v>35109084000015</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I10" s="3">
-        <v>53220855422</v>
+        <v>75331179633</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>39048242000044</v>
+        <v>39048242000028</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
         <v>53220855422</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>39048242000069</v>
+        <v>39048242000044</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="3">
         <v>53220855422</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>44531243200021</v>
+        <v>39048242000069</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>31590578459</v>
+        <v>53220855422</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>49821234900019</v>
+        <v>44531243200021</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I14" s="3">
-        <v>95970143397</v>
+        <v>31590578459</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>30824995200083</v>
+        <v>49821234900019</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>53350007835</v>
+        <v>95970143397</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>75304372800017</v>
+        <v>52809527600028</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78050734900048</v>
+        <v>75304372800017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="3">
-        <v>22600001660</v>
+        <v>93131464613</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78050734900097</v>
+        <v>77807367600034</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="3">
-        <v>22600001660</v>
+        <v>74870000587</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78050734900113</v>
+        <v>78050734900048</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="3">
         <v>22600001660</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78050734900147</v>
+        <v>78050734900097</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="3">
         <v>22600001660</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>52809527600028</v>
+        <v>78050734900113</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="I21" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I21" s="3">
+        <v>22600001660</v>
+      </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77807367600034</v>
+        <v>78050734900147</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="3">
-        <v>74870000587</v>
+        <v>22600001660</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>29</v>
@@ -2575,31 +2575,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/13/2025 08:16:51</dc:description>
+  <dc:description>Export en date du 02/14/2026 12:03:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>