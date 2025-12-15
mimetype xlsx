--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -58,54 +58,54 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES MINISTERE TRAVAIL, SANTE, SOLIDARITE ET FAMILLES, CHARGE TRAVAIL ET EMPLOI</t>
-[...2 lines deleted...]
-    <t>HOTEL DU CHATELET 127 RUE DE GRENELLE 75007 PARIS</t>
+    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
+  </si>
+  <si>
+    <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION OCCITANIE</t>
   </si>
   <si>
     <t>59 T CHE VERDALE 31240 ST JEAN</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
@@ -136,120 +136,120 @@
   <si>
     <t>817 RUE CHARLES BOURSEUL 59500 DOUAI</t>
   </si>
   <si>
     <t>03/12/1991</t>
   </si>
   <si>
     <t>3159P001659</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
+    <t>UGECAM HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>CTRE LILLOIS DE REEDUCATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>3 RUE DU DOCTEUR CHARCOT 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>LADAPT</t>
+  </si>
+  <si>
+    <t>22 GR GRANDE RUE 69540 IRIGNY</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT PIERRE</t>
   </si>
   <si>
     <t>CPOI 65 RUE DU PERE LAFOSSE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>366 AVENUE GEORGES DURAND 72100 LE MANS</t>
   </si>
   <si>
     <t>39 RUE DE LA MADELEINE 29600 MORLAIX</t>
-  </si>
-[...22 lines deleted...]
-    <t>01/09/2013</t>
   </si>
   <si>
     <t>ZI DE LA LAUZE 12 RUE JEAN MERMOZ 34430 SAINT-JEAN-DE-VEDAS</t>
   </si>
   <si>
     <t>16 AVENUE DU PRESIDENT KENNEDY 55100 VERDUN</t>
   </si>
   <si>
     <t>21 BOULEVARD HOCHE 85200 FONTENAY-LE-COMTE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -852,512 +852,512 @@
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>81229926100063</v>
+        <v>42362826200069</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="I7" s="3">
-        <v>98970001397</v>
+        <v>31590738359</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>82409268800012</v>
+        <v>77569338501572</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="I8" s="3">
-        <v>11930762893</v>
+        <v>11930425593</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>82409268800137</v>
+        <v>81229926100063</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>48</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I9" s="3">
-        <v>11930762893</v>
+        <v>98970001397</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82409268800160</v>
+        <v>82409268800012</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I10" s="3">
         <v>11930762893</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>82409268800186</v>
+        <v>82409268800137</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="3">
         <v>11930762893</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>82409268800251</v>
+        <v>82409268800160</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I12" s="3">
         <v>11930762893</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>82422814200884</v>
+        <v>82409268800186</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I13" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>82422814201189</v>
+        <v>82409268800251</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I14" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>42362826200069</v>
+        <v>82422814200884</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="I15" s="3">
-        <v>31590738359</v>
+        <v>11930743393</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77569338501572</v>
+        <v>82422814201189</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="I16" s="3">
-        <v>11930425593</v>
+        <v>11930743393</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>82422814201635</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I17" s="3">
         <v>11930743393</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>82422814201684</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I18" s="3">
         <v>11930743393</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>82422814201890</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I19" s="3">
         <v>11930743393</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1389,31 +1389,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 22:43:52</dc:description>
+  <dc:description>Export en date du 12/15/2025 02:08:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>