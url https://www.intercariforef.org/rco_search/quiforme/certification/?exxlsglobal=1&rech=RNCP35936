--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -1389,31 +1389,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 02:08:29</dc:description>
+  <dc:description>Export en date du 02/14/2026 14:09:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>