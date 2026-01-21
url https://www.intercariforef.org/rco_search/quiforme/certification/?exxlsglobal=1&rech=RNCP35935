--- v0 (2025-12-04)
+++ v1 (2026-01-21)
@@ -58,83 +58,95 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>PASSERELLES</t>
+  </si>
+  <si>
+    <t>26 RUE ENCLOS FERMAUD 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>25/12/1988</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
   </si>
   <si>
     <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION PROVENCE-ALPES-COTE D'AZUR</t>
   </si>
   <si>
     <t>CFA RENE VILLENEUVE</t>
   </si>
   <si>
     <t>15 RUE MALDONNAT 04000 DIGNE-LES-BAINS</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
-    <t>VRAI</t>
-[...1 lines deleted...]
-  <si>
     <t>CFA LA SEYNE SUR MER</t>
   </si>
   <si>
     <t>68 ALLEE DES FORGES 83500 LA SEYNE-SUR-MER</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION HAUTS-DE-FRANCE</t>
   </si>
   <si>
     <t>299 BOULEVARD DE LEEDS 59777 LILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION HAUTS-DE-FRANCE</t>
   </si>
   <si>
     <t>CMAR HAUTS-DE-FRANCE</t>
   </si>
   <si>
     <t>ANGLE RUES ABELARD ET FAUBOURG D'ARRAS PL DES ARTISANS 59000 LILLE</t>
@@ -172,53 +184,50 @@
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>URMA - CENTRE DE FORMATION DE ST PIERRE</t>
   </si>
   <si>
     <t>65 RUE DU PERE LAFOSSE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>02/09/2011</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE CONDORCET</t>
   </si>
   <si>
     <t>GRETA AISNE</t>
   </si>
   <si>
     <t>ESPACE SCOLAIRE 17 RUE HENRI HERTZ 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>2202P000402</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE DOMINIQUE VILLARS</t>
   </si>
   <si>
     <t>GRETA-CFA ALPES PROVENCE</t>
   </si>
   <si>
     <t>PL DE VERDUN 05000 GAP</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>9305P000605</t>
   </si>
   <si>
     <t>LYCEE TECHNIQUE REGIONAL LES EUCALYPTUS</t>
   </si>
   <si>
     <t>GRETA COTE D'AZUR</t>
   </si>
   <si>
     <t>7 AVENUE DES EUCALYPTUS 06200 NICE</t>
@@ -442,104 +451,107 @@
   <si>
     <t>LYCEE PROFESSIONNEL JEAN-MARIE MICHOTTE</t>
   </si>
   <si>
     <t>GRETA CENTRE EST GUYANE</t>
   </si>
   <si>
     <t>BOULEVARD DE LA REPUBLIQUE 97300 CAYENNE</t>
   </si>
   <si>
     <t>01/09/2006</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ELIE CASTOR - LYCEE DES METIERS DE L'HABITAT ET DES SERVICES</t>
   </si>
   <si>
     <t>GRETA GUYANE</t>
   </si>
   <si>
     <t>1 CONTRE ALLEE BOULEVARD BELLONY 97310 KOUROU</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE D'EDUCATION ET D'ORIENTATION DE SORIGNY</t>
+  </si>
+  <si>
+    <t>18 RUE DES COURANCES 37250 SORIGNY</t>
+  </si>
+  <si>
+    <t>22/07/2016</t>
+  </si>
+  <si>
+    <t>FONDATION ACOLEA</t>
+  </si>
+  <si>
+    <t>C.E.P.A.J.</t>
+  </si>
+  <si>
+    <t>CHEMIN DE BERNICOT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>13/01/1993</t>
+  </si>
+  <si>
+    <t>87.90A</t>
+  </si>
+  <si>
     <t>FORE ILES DU NORD</t>
   </si>
   <si>
     <t>HOPE ESTATE 18 RUE CANNE A SUCRE  97150 SAINT-MARTIN</t>
   </si>
   <si>
     <t>15/07/2012</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>RETRO CERTIFICATION</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN-BAPTISTE GREUZE 33160 SAINT-MEDARD-EN-JALLES</t>
+  </si>
+  <si>
+    <t>10/01/2022</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>INSTITUT NICOLAS BARRE</t>
   </si>
   <si>
     <t>145 AVENUE MARC SANGNIER 59280 ARMENTIERES</t>
   </si>
   <si>
     <t>05/02/1987</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE D'EDUCATION ET D'ORIENTATION DE SORIGNY</t>
-[...31 lines deleted...]
-  <si>
     <t>NEC PLUS FORMATION (NAIK EXPERTISE CONSEIL ET FORMATION)</t>
   </si>
   <si>
     <t>VOIE 1 HAUTEURS BOURDON 97218 BASSE POINTE</t>
   </si>
   <si>
     <t>19/01/2015</t>
   </si>
   <si>
     <t>SIMORGH CONSEIL ET FORMATION</t>
   </si>
   <si>
     <t>11 LOTISSEMENT CARENG-BELLE BESNARD 97130 CAPESTERRE BELLE EAU</t>
   </si>
   <si>
     <t>28/01/2015</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT PIERRE</t>
   </si>
   <si>
     <t>CPOI 65 RUE DU PERE LAFOSSE 97410 SAINT-PIERRE</t>
@@ -662,62 +674,50 @@
     <t>222 RUE DE VIEUX-BERQUIN 59190 HAZEBROUCK</t>
   </si>
   <si>
     <t>ASSOCIATION RIVIERES DES MERES</t>
   </si>
   <si>
     <t>RUE JEAN JAURES RIVIERES DES PERES 97100 BASSE-TERRE</t>
   </si>
   <si>
     <t>16/10/2001</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>01973346497</t>
   </si>
   <si>
     <t>SCFC - SAINTE CLAIRE FORMATION CONTINUE</t>
   </si>
   <si>
     <t>8 RUE DES PAROTTES 42450 SURY-LE-COMTAL</t>
   </si>
   <si>
     <t>06/10/2020</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1122,2867 +1122,2867 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>11000007200014</v>
+        <v>34138658900020</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3"/>
+      <c r="I2" s="3">
+        <v>91340102134</v>
+      </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>13002087800075</v>
+        <v>11000007200014</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D3" s="2" t="s">
         <v>20</v>
       </c>
+      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I3" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13002087800117</v>
+        <v>13002087800075</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
         <v>93131575513</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13002271800014</v>
+        <v>13002087800117</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>27</v>
-      </c>
-[...5 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I5" s="3">
-        <v>32590928359</v>
+        <v>93131575513</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13002374000439</v>
+        <v>13002271800014</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I6" s="3">
-        <v>32590946759</v>
+        <v>32590928359</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>13002792300015</v>
+        <v>13002374000439</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I7" s="3">
-        <v>75331281433</v>
+        <v>32590946759</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>18003606300212</v>
+        <v>13002792300015</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I8" s="3">
-        <v>11910865091</v>
+        <v>75331281433</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>18974011100142</v>
+        <v>18003606300212</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="I9" s="3">
-        <v>98970229897</v>
+        <v>11910865091</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19020050100038</v>
+        <v>18974011100142</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>28</v>
+      </c>
+      <c r="I10" s="3">
+        <v>98970229897</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19050006600039</v>
+        <v>19020050100038</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19060075900020</v>
+        <v>19050006600039</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="E12" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19100025600039</v>
+        <v>19060075900020</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19130053200022</v>
+        <v>19100025600039</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="E14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="2" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>93131539413</v>
+        <v>17</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>70</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19133206300020</v>
+        <v>19130053200022</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="E15" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>17</v>
+      </c>
+      <c r="I15" s="3">
+        <v>93131539413</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19150006500039</v>
+        <v>19133206300020</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="I16" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>79</v>
+      </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19330023300031</v>
+        <v>19150006500039</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="E17" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19540042900021</v>
+        <v>19330023300031</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E18" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19570057000037</v>
+        <v>19540042900021</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="E19" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19590065900028</v>
+        <v>19570057000037</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D20" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="E20" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="E20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="2" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19595787300019</v>
+        <v>19590065900028</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E21" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="D21" s="2"/>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I21" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>102</v>
+      </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19600020200032</v>
+        <v>19595787300019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="D22" s="2"/>
+      <c r="E22" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19620062000025</v>
+        <v>19600020200032</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19623328200058</v>
+        <v>19620062000025</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="E24" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>32620310762</v>
+        <v>17</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>115</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19630021400042</v>
+        <v>19623328200058</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D25" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="E25" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>17</v>
+      </c>
+      <c r="I25" s="3">
+        <v>32620310762</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19800049900022</v>
+        <v>19630021400042</v>
       </c>
       <c r="B26" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E26" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="C26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="G26" s="2"/>
+      <c r="H26" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="E26" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19910620400027</v>
+        <v>19800049900022</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>125</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="D27" s="2" t="s">
+      <c r="G27" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="H27" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="F27" s="2" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="J27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>19973094600027</v>
+        <v>19910620400027</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="I28" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>136</v>
+      </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>19973261100041</v>
+        <v>19973094600027</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D29" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="E29" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>42302346400021</v>
+        <v>19973261100041</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D30" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>144</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>145</v>
+        <v>17</v>
       </c>
       <c r="I30" s="3">
-        <v>95970093097</v>
+        <v>96973035597</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>34012780200015</v>
+        <v>77531648200022</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I31" s="3">
-        <v>31590068559</v>
+        <v>24370208637</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>77531648200022</v>
+        <v>77564914800100</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="D32" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>152</v>
+      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>77564914800100</v>
+        <v>42302346400021</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D33" s="2" t="s">
         <v>153</v>
       </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="I33" s="3"/>
+      <c r="I33" s="3">
+        <v>95970093097</v>
+      </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>34138658900020</v>
+        <v>89487907100021</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>52</v>
+        <v>160</v>
       </c>
       <c r="I34" s="3">
-        <v>91340102134</v>
+        <v>75331407733</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>80898896800018</v>
+        <v>34012780200015</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="I35" s="3">
-        <v>97970206897</v>
+        <v>31590068559</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>80914297900016</v>
+        <v>80898896800018</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>145</v>
+        <v>17</v>
       </c>
       <c r="I36" s="3">
-        <v>95970195297</v>
+        <v>97970206897</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>81229926100063</v>
+        <v>80914297900016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D37" s="2" t="s">
         <v>167</v>
       </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>22</v>
+        <v>169</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>52</v>
+        <v>156</v>
       </c>
       <c r="I37" s="3">
-        <v>98970001397</v>
+        <v>95970195297</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>82409268800012</v>
+        <v>81229926100063</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>170</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>171</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I38" s="3">
-        <v>11930762893</v>
+        <v>98970001397</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>82409268800053</v>
+        <v>82409268800012</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I39" s="3">
         <v>11930762893</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>82409268800061</v>
+        <v>82409268800053</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I40" s="3">
         <v>11930762893</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82409268800095</v>
+        <v>82409268800061</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I41" s="3">
         <v>11930762893</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82409268800137</v>
+        <v>82409268800095</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I42" s="3">
         <v>11930762893</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82409268800145</v>
+        <v>82409268800137</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I43" s="3">
         <v>11930762893</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82409268800160</v>
+        <v>82409268800145</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I44" s="3">
         <v>11930762893</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82409268800178</v>
+        <v>82409268800160</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I45" s="3">
         <v>11930762893</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82409268800186</v>
+        <v>82409268800178</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I46" s="3">
         <v>11930762893</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82409268800210</v>
+        <v>82409268800186</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I47" s="3">
         <v>11930762893</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82409268800228</v>
+        <v>82409268800210</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I48" s="3">
         <v>11930762893</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>82409268800244</v>
+        <v>82409268800228</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I49" s="3">
         <v>11930762893</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82409268800251</v>
+        <v>82409268800244</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>183</v>
+        <v>33</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I50" s="3">
         <v>11930762893</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82422814200165</v>
+        <v>82409268800251</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>184</v>
+        <v>173</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>29</v>
+        <v>187</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I51" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82422814200173</v>
+        <v>82422814200165</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I52" s="3">
         <v>11930743393</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814200181</v>
+        <v>82422814200173</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I53" s="3">
         <v>11930743393</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82422814200223</v>
+        <v>82422814200181</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I54" s="3">
         <v>11930743393</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82422814200249</v>
+        <v>82422814200223</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I55" s="3">
         <v>11930743393</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82422814200314</v>
+        <v>82422814200249</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I56" s="3">
         <v>11930743393</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>82422814200330</v>
+        <v>82422814200314</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I57" s="3">
         <v>11930743393</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>82422814200512</v>
+        <v>82422814200330</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I58" s="3">
         <v>11930743393</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>82422814200579</v>
+        <v>82422814200512</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I59" s="3">
         <v>11930743393</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82422814200801</v>
+        <v>82422814200579</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>195</v>
+        <v>33</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I60" s="3">
         <v>11930743393</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>82422814200843</v>
+        <v>82422814200801</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>29</v>
+        <v>199</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I61" s="3">
         <v>11930743393</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>82422814200900</v>
+        <v>82422814200843</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I62" s="3">
         <v>11930743393</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>82422814201056</v>
+        <v>82422814200900</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I63" s="3">
         <v>11930743393</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>82422814201080</v>
+        <v>82422814201056</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I64" s="3">
         <v>11930743393</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>82422814201171</v>
+        <v>82422814201080</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I65" s="3">
         <v>11930743393</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>82422814201197</v>
+        <v>82422814201171</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I66" s="3">
         <v>11930743393</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>82422814201270</v>
+        <v>82422814201197</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I67" s="3">
         <v>11930743393</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>82422814201387</v>
+        <v>82422814201270</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I68" s="3">
         <v>11930743393</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>82422814201452</v>
+        <v>82422814201387</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I69" s="3">
         <v>11930743393</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>82422814201510</v>
+        <v>82422814201452</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I70" s="3">
         <v>11930743393</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>82422814201569</v>
+        <v>82422814201510</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>172</v>
+        <v>209</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I71" s="3">
         <v>11930743393</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>82422814201635</v>
+        <v>82422814201569</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>206</v>
+        <v>176</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I72" s="3">
         <v>11930743393</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>82422814201858</v>
+        <v>82422814201635</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I73" s="3">
         <v>11930743393</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>84994369100014</v>
+        <v>82422814201858</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>208</v>
+        <v>188</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>210</v>
+        <v>33</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>17</v>
+      </c>
+      <c r="I74" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>89030380300013</v>
+        <v>84994369100014</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>84420348142</v>
+        <v>215</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>216</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>89487907100021</v>
+        <v>89030380300013</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>219</v>
+        <v>17</v>
       </c>
       <c r="I76" s="3">
-        <v>75331407733</v>
+        <v>84420348142</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -3995,31 +3995,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/04/2025 22:36:55</dc:description>
+  <dc:description>Export en date du 01/21/2026 21:40:53</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>