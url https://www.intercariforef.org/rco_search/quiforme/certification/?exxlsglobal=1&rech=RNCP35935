--- v1 (2026-01-21)
+++ v2 (2026-03-09)
@@ -14,710 +14,707 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
+  </si>
+  <si>
+    <t>14 AVENUE DUQUESNE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>11/06/1997</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION PROVENCE-ALPES-COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>CMA FORMATION DIGNE-LES-BAINS</t>
+  </si>
+  <si>
+    <t>15 RUE MALDONNAT 04000 DIGNE-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>CFA LA SEYNE SUR MER</t>
+  </si>
+  <si>
+    <t>68 ALLEE DES FORGES 83500 LA SEYNE-SUR-MER</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION HAUTS-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>299 BOULEVARD DE LEEDS 59777 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION HAUTS-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>CMAR HAUTS-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>ANGLE RUES ABELARD ET FAUBOURG D'ARRAS PL DES ARTISANS 59000 LILLE</t>
+  </si>
+  <si>
+    <t>26/12/2018</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>CMAR NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>46 RUE GENERAL DE LARMINAT 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC NATIONAL ANTOINE KOENIGSWARTER</t>
+  </si>
+  <si>
+    <t>ESRP EPNAK LYON</t>
+  </si>
+  <si>
+    <t>37 RUE CHALLEMEL LACOUR 69007 LYON</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
+  </si>
+  <si>
+    <t>URMA - CENTRE DE FORMATION DE ST PIERRE</t>
+  </si>
+  <si>
+    <t>65 RUE DU PERE LAFOSSE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>02/09/2011</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE CONDORCET</t>
+  </si>
+  <si>
+    <t>GRETA AISNE</t>
+  </si>
+  <si>
+    <t>ESPACE SCOLAIRE 17 RUE HENRI HERTZ 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>03/04/1989</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>2202P000402</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE DOMINIQUE VILLARS</t>
+  </si>
+  <si>
+    <t>GRETA-CFA ALPES PROVENCE</t>
+  </si>
+  <si>
+    <t>PL DE VERDUN 05000 GAP</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>9305P000605</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNIQUE REGIONAL LES EUCALYPTUS</t>
+  </si>
+  <si>
+    <t>GRETA COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>7 AVENUE DES EUCALYPTUS 06200 NICE</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>9306P002706</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LES LOMBARDS</t>
+  </si>
+  <si>
+    <t>GRETA SUD CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>12 AVENUE DES LOMBARDS 10000 TROYES</t>
+  </si>
+  <si>
+    <t>2110P000310</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN PERRIN</t>
+  </si>
+  <si>
+    <t>GRETA-CFA MARSEILLE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>74 RUE VERDILLON 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/05/2014</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VAUVENARGUES</t>
+  </si>
+  <si>
+    <t>GRETA-CFA PROVENCE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD CARNOT 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>30/03/1988</t>
+  </si>
+  <si>
+    <t>9313P000113</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT MONNET-MERMOZ - LYCEE DES METIERS DES SCIENCES ET TECHNIQUES APPLIQUEES A L'INDUSTRIE ET AUX SERVICES</t>
+  </si>
+  <si>
+    <t>GRETA DES MONTS DU CANTAL</t>
+  </si>
+  <si>
+    <t>10 RUE DU DOCTEUR CHIBRET 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
+  </si>
+  <si>
+    <t>GRETA - CFA AQUITAINE</t>
+  </si>
+  <si>
+    <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>7233P015633</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE HENRI LORITZ</t>
+  </si>
+  <si>
+    <t>GRETA LORRAINE CENTRE</t>
+  </si>
+  <si>
+    <t>29 RUE DES JARDINIERS 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/01/1989</t>
+  </si>
+  <si>
+    <t>4154P000154</t>
+  </si>
+  <si>
+    <t>LYCEE GEN ET TECHNOLOGIQU ROBERT SCHUMAN</t>
+  </si>
+  <si>
+    <t>GRETA LORRAINE NORD</t>
+  </si>
+  <si>
+    <t>4 RUE MONSEIGNEUR PELT 57070 METZ</t>
+  </si>
+  <si>
+    <t>4157P001257</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ELISA LEMONNIER</t>
+  </si>
+  <si>
+    <t>GRETA DU GRAND HAINAUT</t>
+  </si>
+  <si>
+    <t>817 RUE CHARLES BOURSEUL 59500 DOUAI</t>
+  </si>
+  <si>
+    <t>03/12/1991</t>
+  </si>
+  <si>
+    <t>3159P001659</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL ALAIN SAVARY</t>
+  </si>
+  <si>
+    <t>RUE ALAIN SAVARY 59150 WATTRELOS</t>
+  </si>
+  <si>
+    <t>01/09/1989</t>
+  </si>
+  <si>
+    <t>LGT LYCEE DES METIERS MARIE CURIE</t>
+  </si>
+  <si>
+    <t>GRETA OISE</t>
+  </si>
+  <si>
+    <t>47 BOULEVARD PIERRE DE COUBERTIN 60180 NOGENT-SUR-OISE</t>
+  </si>
+  <si>
+    <t>10/07/1989</t>
+  </si>
+  <si>
+    <t>2260P000460</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE PIERRE DE COUBERTIN</t>
+  </si>
+  <si>
+    <t>GRETA GRAND LITTORAL</t>
+  </si>
+  <si>
+    <t>320 BOULEVARD DU HUIT MAI 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>11/04/1989</t>
+  </si>
+  <si>
+    <t>3162P000862</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL HENRI SENEZ</t>
+  </si>
+  <si>
+    <t>GRETA GRAND ARTOIS</t>
+  </si>
+  <si>
+    <t>533 BOULEVARD FERNAND DARCHICOURT 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LA FAYETTE – LYCEE DES METIERS DE LA DIGITALE INDUSTRIE ET DU PLURIMEDIA</t>
+  </si>
+  <si>
+    <t>GRETA AUVERGNE</t>
+  </si>
+  <si>
+    <t>21 BOULEVARD ROBERT SCHUMAN 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>18/11/1991</t>
+  </si>
+  <si>
+    <t>8363P001063</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LA HOTOIE</t>
+  </si>
+  <si>
+    <t>GRETA SOMME</t>
+  </si>
+  <si>
+    <t>70 BOULEVARD SAINT-QUENTIN 80090 AMIENS</t>
+  </si>
+  <si>
+    <t>25/12/2005</t>
+  </si>
+  <si>
+    <t>26/02/2025</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ROBERT DOISNEAU, LYCEE DES METIERS DE L'INDUSTRIE ET DES SERVICES AUX ENTREPRISES</t>
+  </si>
+  <si>
+    <t>GRETA DE L'ESSONNE</t>
+  </si>
+  <si>
+    <t>89 AVENUE SERGE DASSAULT 91100 CORBEIL-ESSONNES</t>
+  </si>
+  <si>
+    <t>06/03/1989</t>
+  </si>
+  <si>
+    <t>1191P000491</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL JEAN-MARIE MICHOTTE</t>
+  </si>
+  <si>
+    <t>GRETA CENTRE EST GUYANE</t>
+  </si>
+  <si>
+    <t>BOULEVARD DE LA REPUBLIQUE 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ELIE CASTOR - LYCEE DES METIERS DE L'HABITAT ET DES SERVICES</t>
+  </si>
+  <si>
+    <t>GRETA GUYANE</t>
+  </si>
+  <si>
+    <t>1 CONTRE ALLEE BOULEVARD BELLONY 97310 KOUROU</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>INSTITUT NICOLAS BARRE</t>
+  </si>
+  <si>
+    <t>145 AVENUE MARC SANGNIER 59280 ARMENTIERES</t>
+  </si>
+  <si>
+    <t>05/02/1987</t>
+  </si>
+  <si>
     <t>PASSERELLES</t>
   </si>
   <si>
     <t>26 RUE ENCLOS FERMAUD 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>25/12/1988</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...380 lines deleted...]
-    <t>01/01/2011</t>
+    <t>FORE ILES DU NORD</t>
+  </si>
+  <si>
+    <t>HOPE ESTATE 18 RUE CANNE A SUCRE  97150 SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>15/07/2012</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
   </si>
   <si>
     <t>MAISON FAMILIALE D'EDUCATION ET D'ORIENTATION DE SORIGNY</t>
   </si>
   <si>
     <t>18 RUE DES COURANCES 37250 SORIGNY</t>
   </si>
   <si>
     <t>22/07/2016</t>
   </si>
   <si>
     <t>FONDATION ACOLEA</t>
   </si>
   <si>
     <t>C.E.P.A.J.</t>
   </si>
   <si>
     <t>CHEMIN DE BERNICOT 69230 SAINT-GENIS-LAVAL</t>
   </si>
   <si>
     <t>13/01/1993</t>
   </si>
   <si>
     <t>87.90A</t>
   </si>
   <si>
-    <t>FORE ILES DU NORD</t>
-[...8 lines deleted...]
-    <t>70.22Z</t>
+    <t>NEC PLUS FORMATION (NAIK EXPERTISE CONSEIL ET FORMATION)</t>
+  </si>
+  <si>
+    <t>VOIE 1 HAUTEURS BOURDON 97218 BASSE POINTE</t>
+  </si>
+  <si>
+    <t>19/01/2015</t>
+  </si>
+  <si>
+    <t>SIMORGH CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>11 LOTISSEMENT CARENG-BELLE BESNARD 97130 CAPESTERRE BELLE EAU</t>
+  </si>
+  <si>
+    <t>28/01/2015</t>
+  </si>
+  <si>
+    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT PIERRE</t>
+  </si>
+  <si>
+    <t>CPOI 65 RUE DU PERE LAFOSSE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>RUE DE ROSEL 14000 CAEN</t>
+  </si>
+  <si>
+    <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>PLN PLAINE DE PERI 20167 SARROLA-CARCOPINO</t>
+  </si>
+  <si>
+    <t>36 RUE PAUL BERT 44100 NANTES</t>
+  </si>
+  <si>
+    <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
+  </si>
+  <si>
+    <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>ZA DE SAINT BUGAN RUE CHATEAUBRIAND 22600 LOUDEAC</t>
+  </si>
+  <si>
+    <t>LD LE CLOCHER 23000 SAINT-SULPICE-LE-GUERETOIS</t>
+  </si>
+  <si>
+    <t>192 RUE LAKANAL 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>AVENUE DU GENERAL GIRAUD 52100 SAINT-DIZIER</t>
+  </si>
+  <si>
+    <t>6 RUE DU MOULINEL 59169 CANTIN</t>
+  </si>
+  <si>
+    <t>209 GRAND RUE DE CHATEAUNEUF 86100 CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>89 AVENUE JEAN JAURES 89400 MIGENNES</t>
+  </si>
+  <si>
+    <t>395 AVENUE DE LA LIBERATION 83160 LA VALETTE-DU-VAR</t>
+  </si>
+  <si>
+    <t>CHEMIN DE LA CLUE 13011 MARSEILLE</t>
+  </si>
+  <si>
+    <t>168 BOULEVARD CURIE 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>19/12/2016</t>
+  </si>
+  <si>
+    <t>37 AVENUE DU BEZET 64000 PAU</t>
+  </si>
+  <si>
+    <t>ROUTE DE SEILLON 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION 35 RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>23 RUE DE LA RIVAUDIERE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>56 AVENUE EMILE ZOLA 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>15 RUE DU PETIT SPERNOT 29200 BREST</t>
+  </si>
+  <si>
+    <t>RUE VICTOR HUGO 70000 NAVENNE</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA GARENNE 95310 SAINT-OUEN-L'AUMONE</t>
+  </si>
+  <si>
+    <t>PORETTE 20250 CORTE</t>
+  </si>
+  <si>
+    <t>RTE D ILLANGE 57970 YUTZ</t>
+  </si>
+  <si>
+    <t>ZI DE LA LAUZE 12 RUE JEAN MERMOZ 34430 SAINT-JEAN-DE-VEDAS</t>
+  </si>
+  <si>
+    <t>222 RUE DE VIEUX-BERQUIN 59190 HAZEBROUCK</t>
+  </si>
+  <si>
+    <t>ASSOCIATION RIVIERES DES MERES</t>
+  </si>
+  <si>
+    <t>RUE JEAN JAURES RIVIERES DES PERES 97100 BASSE-TERRE</t>
+  </si>
+  <si>
+    <t>16/10/2001</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>01973346497</t>
+  </si>
+  <si>
+    <t>SCFC - SAINTE CLAIRE FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>8 RUE DES PAROTTES 42450 SURY-LE-COMTAL</t>
+  </si>
+  <si>
+    <t>06/10/2020</t>
   </si>
   <si>
     <t>RETRO CERTIFICATION</t>
   </si>
   <si>
     <t>1 RUE JEAN-BAPTISTE GREUZE 33160 SAINT-MEDARD-EN-JALLES</t>
   </si>
   <si>
     <t>10/01/2022</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...175 lines deleted...]
-    <t>06/10/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1122,2867 +1119,2865 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>34138658900020</v>
+        <v>11000007200014</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>11000007200014</v>
+        <v>13002087800075</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I3" s="3"/>
+      <c r="I3" s="3">
+        <v>93131575513</v>
+      </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13002087800075</v>
+        <v>13002087800117</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="I4" s="3">
         <v>93131575513</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13002087800117</v>
+        <v>13002271800014</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D5" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
-        <v>93131575513</v>
+        <v>32590928359</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13002271800014</v>
+        <v>13002374000439</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>32</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I6" s="3">
-        <v>32590928359</v>
+        <v>32590946759</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>13002374000439</v>
+        <v>13002792300015</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
-        <v>32590946759</v>
+        <v>75331281433</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>13002792300015</v>
+        <v>18003606300212</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="I8" s="3">
-        <v>75331281433</v>
+        <v>11910865091</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>18003606300212</v>
+        <v>18974011100142</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>11910865091</v>
+        <v>98970229897</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>18974011100142</v>
+        <v>19020050100038</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>98970229897</v>
+        <v>52</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>53</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19020050100038</v>
+        <v>19050006600039</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19050006600039</v>
+        <v>19060075900020</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19060075900020</v>
+        <v>19100025600039</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19100025600039</v>
+        <v>19130053200022</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>52</v>
+      </c>
+      <c r="I14" s="3">
+        <v>93131539413</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19130053200022</v>
+        <v>19133206300020</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>93131539413</v>
+        <v>52</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>76</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19133206300020</v>
+        <v>19150006500039</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19150006500039</v>
+        <v>19330023300031</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I17" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>85</v>
+      </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19330023300031</v>
+        <v>19540042900021</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19540042900021</v>
+        <v>19570057000037</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19570057000037</v>
+        <v>19590065900028</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19590065900028</v>
+        <v>19595787300019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19595787300019</v>
+        <v>19600020200032</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="D22" s="2"/>
+      <c r="D22" s="2" t="s">
+        <v>104</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I22" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>107</v>
+      </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19600020200032</v>
+        <v>19620062000025</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19620062000025</v>
+        <v>19623328200058</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>52</v>
+      </c>
+      <c r="I24" s="3">
+        <v>32620310762</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19623328200058</v>
+        <v>19630021400042</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>32620310762</v>
+        <v>52</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>121</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19630021400042</v>
+        <v>19800049900022</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="G26" s="2"/>
+        <v>126</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>127</v>
+      </c>
       <c r="H26" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19800049900022</v>
+        <v>19910620400027</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>19910620400027</v>
+        <v>19973094600027</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>19973094600027</v>
+        <v>19973261100041</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>138</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I29" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="I29" s="3">
+        <v>96973035597</v>
+      </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>19973261100041</v>
+        <v>34012780200015</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="D30" s="2" t="s">
+      <c r="D30" s="2"/>
+      <c r="E30" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I30" s="3">
-        <v>96973035597</v>
+        <v>31590068559</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>77531648200022</v>
+        <v>34138658900020</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="I31" s="3">
-        <v>24370208637</v>
+        <v>91340102134</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>77564914800100</v>
+        <v>42302346400021</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="I32" s="3"/>
+        <v>150</v>
+      </c>
+      <c r="I32" s="3">
+        <v>95970093097</v>
+      </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>42302346400021</v>
+        <v>77531648200022</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>156</v>
+        <v>23</v>
       </c>
       <c r="I33" s="3">
-        <v>95970093097</v>
+        <v>24370208637</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>89487907100021</v>
+        <v>77564914800100</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>157</v>
-      </c>
-[...5 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>34012780200015</v>
+        <v>80898896800018</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="I35" s="3">
-        <v>31590068559</v>
+        <v>97970206897</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>80898896800018</v>
+        <v>80914297900016</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>17</v>
+        <v>150</v>
       </c>
       <c r="I36" s="3">
-        <v>97970206897</v>
+        <v>95970195297</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>80914297900016</v>
+        <v>81229926100063</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="E37" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="D37" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F37" s="2" t="s">
-        <v>169</v>
+        <v>22</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>156</v>
+        <v>52</v>
       </c>
       <c r="I37" s="3">
-        <v>95970195297</v>
+        <v>98970001397</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>81229926100063</v>
+        <v>82409268800012</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>170</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I38" s="3">
-        <v>98970001397</v>
+        <v>11930762893</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>82409268800012</v>
+        <v>82409268800053</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I39" s="3">
         <v>11930762893</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>82409268800053</v>
+        <v>82409268800061</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I40" s="3">
         <v>11930762893</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82409268800061</v>
+        <v>82409268800095</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I41" s="3">
         <v>11930762893</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82409268800095</v>
+        <v>82409268800137</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I42" s="3">
         <v>11930762893</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82409268800137</v>
+        <v>82409268800145</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I43" s="3">
         <v>11930762893</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82409268800145</v>
+        <v>82409268800160</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I44" s="3">
         <v>11930762893</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82409268800160</v>
+        <v>82409268800178</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I45" s="3">
         <v>11930762893</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82409268800178</v>
+        <v>82409268800186</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I46" s="3">
         <v>11930762893</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82409268800186</v>
+        <v>82409268800210</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I47" s="3">
         <v>11930762893</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82409268800210</v>
+        <v>82409268800228</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I48" s="3">
         <v>11930762893</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>82409268800228</v>
+        <v>82409268800244</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I49" s="3">
         <v>11930762893</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82409268800244</v>
+        <v>82409268800251</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>33</v>
+        <v>182</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I50" s="3">
         <v>11930762893</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82409268800251</v>
+        <v>82422814200165</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>187</v>
+        <v>29</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I51" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82422814200165</v>
+        <v>82422814200173</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I52" s="3">
         <v>11930743393</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814200173</v>
+        <v>82422814200181</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I53" s="3">
         <v>11930743393</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82422814200181</v>
+        <v>82422814200223</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I54" s="3">
         <v>11930743393</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82422814200223</v>
+        <v>82422814200249</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I55" s="3">
         <v>11930743393</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82422814200249</v>
+        <v>82422814200314</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I56" s="3">
         <v>11930743393</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>82422814200314</v>
+        <v>82422814200330</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I57" s="3">
         <v>11930743393</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>82422814200330</v>
+        <v>82422814200512</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I58" s="3">
         <v>11930743393</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>82422814200512</v>
+        <v>82422814200579</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I59" s="3">
         <v>11930743393</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82422814200579</v>
+        <v>82422814200801</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>33</v>
+        <v>194</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I60" s="3">
         <v>11930743393</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>82422814200801</v>
+        <v>82422814200843</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>199</v>
+        <v>29</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I61" s="3">
         <v>11930743393</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>82422814200843</v>
+        <v>82422814200900</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I62" s="3">
         <v>11930743393</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>82422814200900</v>
+        <v>82422814201056</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I63" s="3">
         <v>11930743393</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>82422814201056</v>
+        <v>82422814201080</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I64" s="3">
         <v>11930743393</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>82422814201080</v>
+        <v>82422814201171</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I65" s="3">
         <v>11930743393</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>82422814201171</v>
+        <v>82422814201197</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I66" s="3">
         <v>11930743393</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>82422814201197</v>
+        <v>82422814201270</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I67" s="3">
         <v>11930743393</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>82422814201270</v>
+        <v>82422814201387</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I68" s="3">
         <v>11930743393</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>82422814201387</v>
+        <v>82422814201452</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I69" s="3">
         <v>11930743393</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>82422814201452</v>
+        <v>82422814201510</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I70" s="3">
         <v>11930743393</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>82422814201510</v>
+        <v>82422814201569</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I71" s="3">
         <v>11930743393</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>82422814201569</v>
+        <v>82422814201635</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>176</v>
+        <v>205</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I72" s="3">
         <v>11930743393</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>82422814201635</v>
+        <v>82422814201858</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I73" s="3">
         <v>11930743393</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>82422814201858</v>
+        <v>84994369100014</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>33</v>
+        <v>209</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>11930743393</v>
+        <v>210</v>
+      </c>
+      <c r="I74" s="3" t="s">
+        <v>211</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>84994369100014</v>
+        <v>89030380300013</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>52</v>
+      </c>
+      <c r="I75" s="3">
+        <v>84420348142</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>89030380300013</v>
+        <v>89487907100021</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="I76" s="3">
-        <v>84420348142</v>
+        <v>75331407733</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -3995,31 +3990,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/21/2026 21:40:53</dc:description>
+  <dc:description>Export en date du 03/10/2026 00:54:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>