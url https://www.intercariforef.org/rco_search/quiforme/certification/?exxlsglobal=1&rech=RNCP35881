--- v0 (2025-11-05)
+++ v1 (2026-01-01)
@@ -103,72 +103,72 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>POLE INTERCONSULAIRE CRE@VALLEE NORD BOULEVARD DES SAVEURS 24660 COULOUNIEIX-CHAMIERS</t>
   </si>
   <si>
     <t>14/12/2009</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>TALIS FORMATION</t>
   </si>
   <si>
     <t>15 RUE VAUBAN 64100 BAYONNE</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>ASS REGIONAL INTERPRO APPRENTI AQUITAINE</t>
+  </si>
+  <si>
+    <t>27/06/2005</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>PEM EDUCATION</t>
   </si>
   <si>
     <t>1 PLACE DE LA PYRAMIDE 92800 PUTEAUX</t>
   </si>
   <si>
     <t>01/02/2021</t>
   </si>
   <si>
     <t>29/05/2025</t>
-  </si>
-[...7 lines deleted...]
-    <t>85.32Z</t>
   </si>
   <si>
     <t>ICI-ICARE</t>
   </si>
   <si>
     <t>13 RUE FERNAND LEGER 75020 PARIS</t>
   </si>
   <si>
     <t>16/09/2016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -693,122 +693,122 @@
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>48888299400046</v>
+        <v>41387086600063</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="2" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="F5" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I5" s="3">
-        <v>11922448792</v>
+        <v>72240142824</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41387086600063</v>
+        <v>48888299400046</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="G6" s="2"/>
+      <c r="G6" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>72240142824</v>
+        <v>11922448792</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>82278886500019</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="3">
         <v>11756747475</v>
@@ -858,31 +858,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 13:51:23</dc:description>
+  <dc:description>Export en date du 01/01/2026 05:12:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>