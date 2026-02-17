--- v1 (2026-01-01)
+++ v2 (2026-02-17)
@@ -751,53 +751,51 @@
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>48888299400046</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>82278886500019</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
@@ -858,31 +856,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 05:12:13</dc:description>
+  <dc:description>Export en date du 02/17/2026 09:14:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>