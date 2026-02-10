--- v0 (2025-12-17)
+++ v1 (2026-02-10)
@@ -133,102 +133,102 @@
   <si>
     <t>299 BOULEVARD DE LEEDS 59777 LILLE</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE METROPOLE DE BOURGOGNE</t>
   </si>
   <si>
     <t>2 AVENUE DE MARBOTTE 21000 DIJON</t>
   </si>
   <si>
     <t>01/02/2021</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE VAUCLUSE</t>
   </si>
   <si>
     <t>46 COURS JEAN JAURES 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>9384P000184</t>
   </si>
   <si>
+    <t>PROMEO CENTRE DE FORMATION D APPRENTIS DE L INDUSTRIE DE PICARDIE PROMEO CFAI PICARDIE</t>
+  </si>
+  <si>
+    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE PROVENCE (AFPI PROVENCE)</t>
   </si>
   <si>
     <t>ZAC DE TRIGANCE 8 CHEMIN DE CAPEAU 13800 ISTRES</t>
   </si>
   <si>
     <t>01/10/2008</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>E2SE</t>
   </si>
   <si>
     <t>4 RUE DES MOUETTES 14000 CAEN</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>74 RUE DE POULAINVILLE 80080 AMIENS</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>GESTION CTRE FORMA APPR INDUS PROVENCE</t>
-  </si>
-[...19 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>CAMPUS RAMBOUILLET 44 RUE RAYMOND PATENOTRE 78120 RAMBOUILLET</t>
   </si>
   <si>
     <t>CAMPUS CERGY PONTOISE 8 RUE PIERRE DE COUBERTIN 95300 PONTOISE</t>
   </si>
   <si>
     <t>3 RUE ARMAND MOISANT 75015 PARIS 15</t>
   </si>
   <si>
     <t>01/04/2022</t>
   </si>
@@ -832,307 +832,307 @@
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="3">
         <v>27210429021</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>18840001400018</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>34408659000041</v>
+        <v>30290898300026</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I8" s="3">
-        <v>93131605713</v>
+        <v>32600361560</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>41811390800036</v>
+        <v>34408659000041</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I9" s="3">
-        <v>25140138814</v>
+        <v>93131605713</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78050734900147</v>
+        <v>41811390800036</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I10" s="3">
-        <v>22600001660</v>
+        <v>25140138814</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78291196000055</v>
+        <v>50876465100024</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="3">
-        <v>93131778913</v>
+        <v>27210417621</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>50876465100024</v>
+        <v>78050734900147</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="I12" s="3">
-        <v>27210417621</v>
+        <v>22600001660</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30290898300026</v>
+        <v>78291196000055</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="I13" s="3">
-        <v>32600361560</v>
+        <v>93131778913</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>88930797100024</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="2"/>
@@ -1305,31 +1305,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 10:08:41</dc:description>
+  <dc:description>Export en date du 02/10/2026 06:58:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>