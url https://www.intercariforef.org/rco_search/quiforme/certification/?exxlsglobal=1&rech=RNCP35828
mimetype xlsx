--- v0 (2025-12-03)
+++ v1 (2026-02-03)
@@ -136,93 +136,93 @@
   <si>
     <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BOURDELLE</t>
   </si>
   <si>
     <t>GRETA MIDI-PYRENEES OUEST</t>
   </si>
   <si>
     <t>12 RUE DU GENERAL SARRAIL 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>7382P000282</t>
   </si>
   <si>
+    <t>CFIM TP</t>
+  </si>
+  <si>
+    <t>VENTENAT 87410 LE PALAIS SUR VIENNE</t>
+  </si>
+  <si>
+    <t>01/10/2010</t>
+  </si>
+  <si>
+    <t>INST FORMAT TP LANGUEDOC ROUSSILLON</t>
+  </si>
+  <si>
+    <t>CHEZ F R TP ZA TOURNEZY PASSAGE JEAN COCTEAU 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>10/02/2005</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>BATIMENT CFA NORMANDIE</t>
   </si>
   <si>
     <t>BP 3501 28 RUE JACQUARD 27000 EVREUX</t>
   </si>
   <si>
     <t>ECOLE DE LA CONSTRUCTION DES INFRASTRUCTURES ET RESEAUX FORMATION</t>
   </si>
   <si>
     <t>PONT-ROYAL SUD 552 ROUTE DU GROS MOURRE 13370 MALLEMORT</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>ASS FORMAT  PROF CONTIN EQUIPEM ELECTRIQ</t>
   </si>
   <si>
     <t>CHEMIN DES PALISSES 63430 PONT-DU-CHATEAU</t>
   </si>
   <si>
     <t>01/07/1990</t>
-  </si>
-[...19 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>PLN PLAINE DE PERI 20167 SARROLA-CARCOPINO</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
@@ -899,221 +899,221 @@
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77811608700108</v>
+        <v>48023987000029</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="E7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>23760058376</v>
+        <v>74230016523</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78273830600011</v>
+        <v>48395747800017</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="I8" s="3">
-        <v>93130003813</v>
+        <v>91340737534</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78424425300042</v>
+        <v>77811608700108</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>11940646394</v>
+        <v>23760058376</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>48023987000029</v>
+        <v>78273830600011</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>74230016523</v>
+        <v>93130003813</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48395747800017</v>
+        <v>78424425300042</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>91340737534</v>
+        <v>11940646394</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="2"/>
@@ -1915,31 +1915,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/03/2025 19:58:05</dc:description>
+  <dc:description>Export en date du 02/03/2026 09:29:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>