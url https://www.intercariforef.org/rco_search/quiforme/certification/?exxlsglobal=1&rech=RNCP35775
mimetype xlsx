--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1028,31 +1028,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/31/2025 18:52:15</dc:description>
+  <dc:description>Export en date du 12/16/2025 14:27:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>