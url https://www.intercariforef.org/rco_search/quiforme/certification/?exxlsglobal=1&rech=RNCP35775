--- v1 (2025-12-16)
+++ v2 (2026-01-30)
@@ -1028,31 +1028,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 14:27:40</dc:description>
+  <dc:description>Export en date du 01/30/2026 19:02:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>