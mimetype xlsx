--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -79,75 +79,75 @@
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>OUEST CONCEPT ET ENSEIGNEMENT</t>
   </si>
   <si>
     <t>MJM GRAPHIC DESIGN</t>
   </si>
   <si>
     <t>29 RUE DE LA PALESTINE 35000 RENNES</t>
   </si>
   <si>
     <t>16/05/1988</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>SCHOOL ONLINE UNIVERSITY</t>
+  </si>
+  <si>
+    <t>14 RUE DIEU 75010 PARIS</t>
+  </si>
+  <si>
+    <t>28/08/2017</t>
+  </si>
+  <si>
     <t>ESCAAD</t>
   </si>
   <si>
     <t>122-124 122 RUE DOCTEUR ALBERT BARRAUD 33000 BORDEAUX</t>
   </si>
   <si>
     <t>21/07/2016</t>
   </si>
   <si>
     <t>ESAL</t>
   </si>
   <si>
     <t>41 RUE D'AMIENS 59800 LILLE</t>
   </si>
   <si>
     <t>25/07/2016</t>
-  </si>
-[...7 lines deleted...]
-    <t>28/08/2017</t>
   </si>
   <si>
     <t>ESAT</t>
   </si>
   <si>
     <t>14 DSC DE LA HALLE AUX POISSONS 31000 TOULOUSE</t>
   </si>
   <si>
     <t>25/10/2018</t>
   </si>
   <si>
     <t>MJM GRAPHIC DESIGN PARIS</t>
   </si>
   <si>
     <t>38 QUAI DE JEMMAPES 75010 PARIS</t>
   </si>
   <si>
     <t>26/03/2021</t>
   </si>
   <si>
     <t>MJM GRAPHIC DESIGN NANTES</t>
   </si>
   <si>
     <t>9 RUE DUGOMMIER 44000 NANTES</t>
   </si>
@@ -639,147 +639,147 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
         <v>53350474435</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>82164325100019</v>
+        <v>83223114600016</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3">
-        <v>75331147433</v>
+        <v>11755697575</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>82188863300012</v>
+        <v>82164325100019</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>32590933859</v>
+        <v>75331147433</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>83223114600016</v>
+        <v>82188863300012</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="3">
-        <v>11755697575</v>
+        <v>32590933859</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>84387553500018</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2" t="s">
@@ -1028,31 +1028,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 19:02:22</dc:description>
+  <dc:description>Export en date du 03/16/2026 22:16:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>