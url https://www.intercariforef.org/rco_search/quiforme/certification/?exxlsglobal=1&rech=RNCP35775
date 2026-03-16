--- v3 (2026-03-16)
+++ v4 (2026-03-16)
@@ -1028,31 +1028,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/16/2026 22:16:05</dc:description>
+  <dc:description>Export en date du 03/16/2026 23:24:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>