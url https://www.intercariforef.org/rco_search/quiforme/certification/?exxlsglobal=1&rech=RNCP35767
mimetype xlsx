--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -106,69 +106,69 @@
   <si>
     <t>04/11/2009</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ALSACE EUROMETROPOLE</t>
   </si>
   <si>
     <t>CCI CAMPUS ALSACE</t>
   </si>
   <si>
     <t>234 AVENUE DE COLMAR 67100 STRASBOURG</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
     <t>MANPOWER NOUVELLES COMPETENCES</t>
   </si>
   <si>
     <t>SOLERTIS</t>
   </si>
   <si>
     <t>6 PLACE DES DEGRES 92800 PUTEAUX</t>
   </si>
   <si>
     <t>01/10/2023</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1997</t>
   </si>
   <si>
     <t>ASSOCIATION IMC ALTERNANCE</t>
   </si>
   <si>
     <t>276 AVENUE DU PRESIDENT WILSON 93210 SAINT-DENIS</t>
   </si>
   <si>
     <t>08/09/2022</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
@@ -733,119 +733,119 @@
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="3">
         <v>44670587467</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>44346877200100</v>
+        <v>41058110200010</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="D5" s="2"/>
+      <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>11921927692</v>
+        <v>72330424333</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41058110200010</v>
+        <v>44346877200100</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>72330424333</v>
+        <v>11921927692</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>48430660000038</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>29</v>
@@ -1046,31 +1046,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/27/2025 18:06:57</dc:description>
+  <dc:description>Export en date du 12/15/2025 22:50:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>