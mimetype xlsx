--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -1046,31 +1046,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 22:50:34</dc:description>
+  <dc:description>Export en date du 02/14/2026 19:54:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>