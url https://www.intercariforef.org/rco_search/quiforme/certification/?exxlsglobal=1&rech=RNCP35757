--- v0 (2025-10-05)
+++ v1 (2025-11-24)
@@ -121,72 +121,72 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION HAUTS-DE-FRANCE</t>
   </si>
   <si>
     <t>299 BOULEVARD DE LEEDS 59777 LILLE</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LE MANS SARTHE</t>
   </si>
   <si>
     <t>1 BOULEVARD RENE LEVASSEUR 72000 LE MANS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE VAUCLUSE</t>
   </si>
   <si>
     <t>46 COURS JEAN JAURES 84000 AVIGNON</t>
   </si>
   <si>
     <t>9384P000184</t>
   </si>
   <si>
+    <t>E2SE</t>
+  </si>
+  <si>
+    <t>4 RUE DES MOUETTES 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>PROMEO CENTRE DE FORMATION D APPRENTIS DE L INDUSTRIE DE PICARDIE PROMEO CFAI PICARDIE</t>
   </si>
   <si>
     <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59A</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>CAMPUS RAMBOUILLET 44 RUE RAYMOND PATENOTRE 78120 RAMBOUILLET</t>
   </si>
   <si>
     <t>CAMPUS CERGY PONTOISE 8 RUE PIERRE DE COUBERTIN 95300 PONTOISE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -798,108 +798,108 @@
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>30290898300026</v>
+        <v>41811390800036</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="3">
-        <v>32600361560</v>
+        <v>25140138814</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>41811390800036</v>
+        <v>30290898300026</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I8" s="3">
-        <v>25140138814</v>
+        <v>32600361560</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>88930797100024</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
@@ -1035,31 +1035,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/05/2025 10:20:53</dc:description>
+  <dc:description>Export en date du 11/24/2025 23:34:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>