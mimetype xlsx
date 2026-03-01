--- v1 (2025-11-24)
+++ v2 (2026-03-01)
@@ -121,72 +121,72 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION HAUTS-DE-FRANCE</t>
   </si>
   <si>
     <t>299 BOULEVARD DE LEEDS 59777 LILLE</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LE MANS SARTHE</t>
   </si>
   <si>
     <t>1 BOULEVARD RENE LEVASSEUR 72000 LE MANS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE VAUCLUSE</t>
   </si>
   <si>
     <t>46 COURS JEAN JAURES 84000 AVIGNON</t>
   </si>
   <si>
     <t>9384P000184</t>
   </si>
   <si>
+    <t>PROMEO CENTRE DE FORMATION D APPRENTIS DE L INDUSTRIE DE PICARDIE PROMEO CFAI PICARDIE</t>
+  </si>
+  <si>
+    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>E2SE</t>
   </si>
   <si>
     <t>4 RUE DES MOUETTES 14000 CAEN</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>CAMPUS RAMBOUILLET 44 RUE RAYMOND PATENOTRE 78120 RAMBOUILLET</t>
   </si>
   <si>
     <t>CAMPUS CERGY PONTOISE 8 RUE PIERRE DE COUBERTIN 95300 PONTOISE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -798,108 +798,108 @@
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41811390800036</v>
+        <v>30290898300026</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="3">
-        <v>25140138814</v>
+        <v>32600361560</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>30290898300026</v>
+        <v>41811390800036</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I8" s="3">
-        <v>32600361560</v>
+        <v>25140138814</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>88930797100024</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
@@ -1035,31 +1035,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/24/2025 23:34:47</dc:description>
+  <dc:description>Export en date du 03/01/2026 14:44:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>