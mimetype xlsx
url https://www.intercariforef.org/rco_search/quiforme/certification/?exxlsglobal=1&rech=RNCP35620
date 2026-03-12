--- v0 (2025-12-10)
+++ v1 (2026-03-12)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -284,50 +284,53 @@
     <t>15/07/2010</t>
   </si>
   <si>
     <t>26/07/2010</t>
   </si>
   <si>
     <t>1 AVENUE AUGUSTIN-LOUIS CAUCHY 44300 NANTES</t>
   </si>
   <si>
     <t>IMM LE QUATRIEME AEROPORT MTP MEDIT 24 IMPASSE CLAIRE ROMAN 34130 MAUGUIO</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
   <si>
     <t>01/09/2019</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>ZI AIX LES MILES - IMMEUBLE LA CANOPEE 390 RUE CLAUDE NICOLAS LEDOUX 13290 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>11/10/2021</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1427,53 +1430,51 @@
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>34270750200726</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>59</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="I20" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>34270750200734</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
@@ -2405,53 +2406,51 @@
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>77572257201117</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>59</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="I46" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>77572257201133</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
@@ -2648,80 +2647,80 @@
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I52" s="3">
         <v>11754788375</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>77572257201224</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="G53" s="2"/>
+      <c r="G53" s="2" t="s">
+        <v>90</v>
+      </c>
       <c r="H53" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="I53" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I53" s="3"/>
       <c r="J53" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>77572257201232</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I54" s="3">
         <v>11754788375</v>
@@ -2808,31 +2807,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/10/2025 18:38:06</dc:description>
+  <dc:description>Export en date du 03/12/2026 16:29:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>