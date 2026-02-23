--- v0 (2025-12-22)
+++ v1 (2026-02-23)
@@ -124,183 +124,183 @@
   <si>
     <t>46 COURS JEAN JAURES 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>9384P000184</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
+    <t>UGECAM OCCITANIE</t>
+  </si>
+  <si>
+    <t>435 AVENUE GEORGES FRECHE 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>15/12/1999</t>
+  </si>
+  <si>
+    <t>FONDATION COS ALEXANDRE GLASBERG</t>
+  </si>
+  <si>
+    <t>COS</t>
+  </si>
+  <si>
+    <t>88-90 88 BOULEVARD DE SEBASTOPOL 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>118 RUE DE BABYLONE 59491 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>LADAPT</t>
   </si>
   <si>
     <t>610 ROUTE DU CHATEAU 01300 PEYRIEU</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>AFORP FORMATION</t>
   </si>
   <si>
     <t>64 AVENUE DE LA PLAINE DE FRANCE 93290 TREMBLAY-EN-FRANCE</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>BTP CFA NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>BP 1182 86 ALLEE DU MOULIN RABAUD 87100 LIMOGES</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>BTP CFA PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>BTP CFA SARTHE</t>
   </si>
   <si>
     <t>15 RUE DU RIBAY 72000 LE MANS</t>
   </si>
   <si>
     <t>01/01/2012</t>
   </si>
   <si>
-    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
-[...5 lines deleted...]
-    <t>19/07/1999</t>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
+    <t>1 RUE DE LA CITOYENNETE 93240 STAINS</t>
+  </si>
+  <si>
+    <t>67-69 67 AVENUE DU GENERAL DE GAULLE 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>395 AVENUE DE LA LIBERATION 83160 LA VALETTE-DU-VAR</t>
+  </si>
+  <si>
+    <t>CHEMIN DE LA CLUE 13011 MARSEILLE</t>
+  </si>
+  <si>
+    <t>6 SQUARE EUGENE HERZOG 54390 FROUARD</t>
+  </si>
+  <si>
+    <t>56 AVENUE EMILE ZOLA 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>5 RTE NATIONALE 91510 LARDY</t>
+  </si>
+  <si>
     <t>14-14 14 AVENUE DU MARECHAL JUIN 92360 MEUDON</t>
-  </si>
-[...70 lines deleted...]
-    <t>5 RTE NATIONALE 91510 LARDY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -892,769 +892,769 @@
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77569338500293</v>
+        <v>32434542000040</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="I7" s="3">
-        <v>11930425593</v>
+        <v>73310029931</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77572845400205</v>
+        <v>42459649200050</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="I8" s="3">
-        <v>11921813492</v>
+        <v>91340075134</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78235535800121</v>
+        <v>77565757000377</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D9" s="2"/>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78605529300041</v>
+        <v>77566202600258</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="I10" s="3">
-        <v>52440669044</v>
+        <v>11750079275</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>32434542000040</v>
+        <v>77569338500293</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="I11" s="3">
-        <v>73310029931</v>
+        <v>11930425593</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>82422814201726</v>
+        <v>77572845400205</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="I12" s="3">
-        <v>11930743393</v>
+        <v>11921813492</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77565757000377</v>
+        <v>78235535800121</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>60</v>
+      </c>
+      <c r="I13" s="3">
+        <v>72330875333</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77566202600258</v>
+        <v>78605529300041</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D14" s="2"/>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="I14" s="3">
-        <v>11750079275</v>
+        <v>52440669044</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>42459649200050</v>
+        <v>82409268800012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I15" s="3">
-        <v>91340075134</v>
+        <v>11930762893</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>82409268800012</v>
+        <v>82409268800053</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="3">
         <v>11930762893</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>82409268800053</v>
+        <v>82409268800137</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="3">
         <v>11930762893</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>82409268800137</v>
+        <v>82409268800244</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="3">
         <v>11930762893</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>82409268800244</v>
+        <v>82422814200025</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>82422814200025</v>
+        <v>82422814200108</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="3">
         <v>11930743393</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>82422814200108</v>
+        <v>82422814200512</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I21" s="3">
         <v>11930743393</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>82422814200512</v>
+        <v>82422814200579</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I22" s="3">
         <v>11930743393</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>82422814200579</v>
+        <v>82422814201007</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="3">
         <v>11930743393</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>82422814201007</v>
+        <v>82422814201171</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="3">
         <v>11930743393</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>82422814201171</v>
+        <v>82422814201296</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="3">
         <v>11930743393</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>82422814201296</v>
+        <v>82422814201726</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="3">
         <v>11930743393</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1686,31 +1686,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/22/2025 06:09:17</dc:description>
+  <dc:description>Export en date du 02/23/2026 07:47:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>