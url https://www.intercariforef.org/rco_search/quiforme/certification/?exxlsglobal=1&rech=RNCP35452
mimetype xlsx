--- v0 (2025-11-06)
+++ v1 (2026-01-01)
@@ -662,31 +662,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 10:52:19</dc:description>
+  <dc:description>Export en date du 01/01/2026 05:36:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>