--- v1 (2026-01-01)
+++ v2 (2026-02-17)
@@ -555,53 +555,51 @@
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
         <v>88087198300016</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>88087198300230</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
@@ -662,31 +660,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 05:36:16</dc:description>
+  <dc:description>Export en date du 02/17/2026 07:42:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>