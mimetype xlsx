--- v0 (2025-11-19)
+++ v1 (2026-01-18)
@@ -1058,31 +1058,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/19/2025 12:34:08</dc:description>
+  <dc:description>Export en date du 01/18/2026 13:12:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>