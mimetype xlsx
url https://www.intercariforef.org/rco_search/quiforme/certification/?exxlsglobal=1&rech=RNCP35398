--- v1 (2026-01-18)
+++ v2 (2026-03-17)
@@ -160,66 +160,66 @@
   <si>
     <t>ETS PUB LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLES TARN</t>
   </si>
   <si>
     <t>LEGTPA ALBI</t>
   </si>
   <si>
     <t>FONTLABOUR ROUTE DE TOULOUSE 81000 ALBI</t>
   </si>
   <si>
     <t>7381P001481</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DANIELLE MATHIRON DE THURE</t>
   </si>
   <si>
     <t>LPA DE THURE</t>
   </si>
   <si>
     <t>DOMAINE DES CHEVALIERS 86540 THURE</t>
   </si>
   <si>
     <t>5486P002586</t>
   </si>
   <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/09/1985</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -932,108 +932,108 @@
       <c r="F9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77660306000018</v>
+        <v>33509397700015</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>82740107174</v>
+        <v>82691206369</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>33509397700015</v>
+        <v>77660306000018</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>82691206369</v>
+        <v>82740107174</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1058,31 +1058,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/18/2026 13:12:36</dc:description>
+  <dc:description>Export en date du 03/17/2026 14:27:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>