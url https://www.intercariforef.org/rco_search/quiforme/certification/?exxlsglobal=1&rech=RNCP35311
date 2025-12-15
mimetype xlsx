--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -58,267 +58,267 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
+  </si>
+  <si>
+    <t>14 AVENUE DUQUESNE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>11/06/1997</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VAUCANSON</t>
+  </si>
+  <si>
+    <t>GRETA DE GRENOBLE</t>
+  </si>
+  <si>
+    <t>27 RUE ANATOLE FRANCE 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>03/04/1989</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>8238P001538</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LA FAYETTE – LYCEE DES METIERS DE LA DIGITALE INDUSTRIE ET DU PLURIMEDIA</t>
+  </si>
+  <si>
+    <t>GRETA AUVERGNE</t>
+  </si>
+  <si>
+    <t>21 BOULEVARD ROBERT SCHUMAN 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>18/11/1991</t>
+  </si>
+  <si>
+    <t>8363P001063</t>
+  </si>
+  <si>
+    <t>LYCEE GEN &amp; TECHNO L. ARMAND</t>
+  </si>
+  <si>
+    <t>GRETA CFA RHONE</t>
+  </si>
+  <si>
+    <t>507 AVENUE DU BEAUJOLAIS 69400 GLEIZE</t>
+  </si>
+  <si>
+    <t>8269P001769</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
+  </si>
+  <si>
+    <t>GRETA ARDECHE DROME</t>
+  </si>
+  <si>
+    <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>8226P000726</t>
+  </si>
+  <si>
+    <t>CFAI-APC LORRAINE</t>
+  </si>
+  <si>
+    <t>SITE TECHNOLOGIQUE ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>26/08/1996</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ICAM OUEST</t>
+  </si>
+  <si>
+    <t>35 AVENUE DU CHAMP DE MANOEUVRES 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>01/09/1989</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>CFAI ALSACE</t>
+  </si>
+  <si>
+    <t>6 RUE ETTORE BUGATTI 67201 ECKBOLSHEIM</t>
+  </si>
+  <si>
+    <t>07/03/2011</t>
+  </si>
+  <si>
+    <t>SARL PRO FORMATION</t>
+  </si>
+  <si>
+    <t>54 RUE ERNEST MACAREZ 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>31/12/1999</t>
+  </si>
+  <si>
+    <t>UGECAM OCCITANIE</t>
+  </si>
+  <si>
+    <t>435 AVENUE GEORGES FRECHE 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>15/12/1999</t>
+  </si>
+  <si>
+    <t>AUXO ACTION &amp; DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>ZAC DES MURONS RUE JACQUELINE AURIOL 42160 ANDREZIEUX-BOUTHEON</t>
+  </si>
+  <si>
+    <t>01/12/2011</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>UNION CEPIERE ROBERT MONNIER</t>
+  </si>
+  <si>
+    <t>28 RUE DE L'AIGUETTE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/07/2000</t>
+  </si>
+  <si>
+    <t>87.90B</t>
+  </si>
+  <si>
+    <t>UNION MUTUALISTE D'INITIATIVE SANTE</t>
+  </si>
+  <si>
+    <t>CTRE JEAN MOULIN 8 RUE ROGER CLAVIER 91700 FLEURY-MEROGIS</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
     <t>ASSOC DEPART D ETUDES ET FORMATION</t>
   </si>
   <si>
     <t>15 RUE DES CONVALESCENTS 13001 MARSEILLE</t>
   </si>
   <si>
     <t>01/06/1986</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...130 lines deleted...]
-  <si>
     <t>FONDATION COS ALEXANDRE GLASBERG</t>
   </si>
   <si>
     <t>COS</t>
   </si>
   <si>
     <t>88-90 88 BOULEVARD DE SEBASTOPOL 75003 PARIS</t>
   </si>
   <si>
     <t>01/07/2012</t>
   </si>
   <si>
     <t>88.99B</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE-LORRAINE</t>
   </si>
   <si>
     <t>SITE TECHNO. ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>01/10/1996</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>AFPI PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>CENTRE PIERRE COINTREAU 132 AVENUE DE LATTRE DE TASSIGNY 49000 ANGERS</t>
   </si>
   <si>
     <t>04/07/2022</t>
   </si>
   <si>
     <t>AFPI INSERTION POITOU CHARENTE</t>
   </si>
   <si>
     <t>33 RUE DE L’ARSENAL 16000 ANGOULEME</t>
   </si>
   <si>
     <t>19/11/2012</t>
-  </si>
-[...31 lines deleted...]
-    <t>26/08/1996</t>
   </si>
   <si>
     <t>KIO-EVOLUTION</t>
   </si>
   <si>
     <t>247 AVENUE DE LA REPUBLIQUE 83000 TOULON</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>71.12B</t>
   </si>
   <si>
     <t>ASSOCIATION AMBROISE CROIZAT - SOCIALE ET MEDICO-SOCIALE</t>
   </si>
   <si>
     <t>ESRP MASSON-TIMBAUD 60 RUE DE LA REPUBLIQUE 93100 MONTREUIL</t>
   </si>
   <si>
     <t>15/12/2021</t>
   </si>
 </sst>
 </file>
 
@@ -744,790 +744,790 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>33872756300011</v>
+        <v>11000007200014</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>41458077900026</v>
+        <v>19380033100020</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>31590433359</v>
+        <v>23</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>42459649200050</v>
+        <v>19630021400042</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D4" s="2"/>
+        <v>26</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>91340075134</v>
+        <v>23</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>30</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>11000007200014</v>
+        <v>19691644900024</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>31</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>32</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I5" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>34</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19380033100020</v>
+        <v>20004632400022</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19630021400042</v>
+        <v>34958609900021</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>43</v>
+      </c>
+      <c r="I7" s="3">
+        <v>44540379354</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19691644900024</v>
+        <v>35263692200028</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>47</v>
+      </c>
+      <c r="I8" s="3">
+        <v>52440189944</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>20004632400022</v>
+        <v>38855948600054</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>43</v>
+      </c>
+      <c r="I9" s="3">
+        <v>42680205768</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>47914022000043</v>
+        <v>41458077900026</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>82420184342</v>
+        <v>31590433359</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48162966500011</v>
+        <v>42459649200050</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>73310811431</v>
+        <v>91340075134</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>49356752300029</v>
+        <v>47914022000043</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="I12" s="3"/>
+      <c r="I12" s="3">
+        <v>82420184342</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77565757000377</v>
+        <v>48162966500011</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>64</v>
+      </c>
+      <c r="I13" s="3">
+        <v>73310811431</v>
+      </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78334259500049</v>
+        <v>49356752300029</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>78835426400103</v>
+        <v>33872756300011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>52440004544</v>
+        <v>93130178813</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>79008626800014</v>
+        <v>77565757000377</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>35263692200028</v>
+        <v>78334259500049</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I17" s="3">
-        <v>52440189944</v>
+        <v>41540002154</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>38855948600054</v>
+        <v>78835426400103</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>42680205768</v>
+        <v>52440004544</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>34958609900021</v>
+        <v>79008626800014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>44540379354</v>
+        <v>54160078316</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>83820234900026</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I20" s="3">
         <v>93830715383</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>89518621100036</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="I21" s="3">
         <v>11930934893</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1540,31 +1540,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/27/2025 06:19:56</dc:description>
+  <dc:description>Export en date du 12/15/2025 06:34:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>