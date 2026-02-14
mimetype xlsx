--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -136,50 +136,59 @@
   <si>
     <t>GRETA CFA RHONE</t>
   </si>
   <si>
     <t>507 AVENUE DU BEAUJOLAIS 69400 GLEIZE</t>
   </si>
   <si>
     <t>8269P001769</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
   </si>
   <si>
     <t>GRETA ARDECHE DROME</t>
   </si>
   <si>
     <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>8226P000726</t>
   </si>
   <si>
+    <t>ASSOC DEPART D ETUDES ET FORMATION</t>
+  </si>
+  <si>
+    <t>15 RUE DES CONVALESCENTS 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/06/1986</t>
+  </si>
+  <si>
     <t>CFAI-APC LORRAINE</t>
   </si>
   <si>
     <t>SITE TECHNOLOGIQUE ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>26/08/1996</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>ICAM OUEST</t>
   </si>
   <si>
     <t>35 AVENUE DU CHAMP DE MANOEUVRES 44470 CARQUEFOU</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>CFAI ALSACE</t>
@@ -221,59 +230,50 @@
     <t>70.22Z</t>
   </si>
   <si>
     <t>UNION CEPIERE ROBERT MONNIER</t>
   </si>
   <si>
     <t>28 RUE DE L'AIGUETTE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>21/07/2000</t>
   </si>
   <si>
     <t>87.90B</t>
   </si>
   <si>
     <t>UNION MUTUALISTE D'INITIATIVE SANTE</t>
   </si>
   <si>
     <t>CTRE JEAN MOULIN 8 RUE ROGER CLAVIER 91700 FLEURY-MEROGIS</t>
   </si>
   <si>
     <t>01/01/2008</t>
   </si>
   <si>
     <t>88.10C</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/06/1986</t>
   </si>
   <si>
     <t>FONDATION COS ALEXANDRE GLASBERG</t>
   </si>
   <si>
     <t>COS</t>
   </si>
   <si>
     <t>88-90 88 BOULEVARD DE SEBASTOPOL 75003 PARIS</t>
   </si>
   <si>
     <t>01/07/2012</t>
   </si>
   <si>
     <t>88.99B</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE-LORRAINE</t>
   </si>
   <si>
     <t>SITE TECHNO. ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>01/10/1996</t>
   </si>
@@ -935,377 +935,377 @@
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>34958609900021</v>
+        <v>33872756300011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>44540379354</v>
+        <v>93130178813</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>35263692200028</v>
+        <v>34958609900021</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I8" s="3">
-        <v>52440189944</v>
+        <v>44540379354</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38855948600054</v>
+        <v>35263692200028</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
-        <v>42680205768</v>
+        <v>52440189944</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41458077900026</v>
+        <v>38855948600054</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="I10" s="3">
-        <v>31590433359</v>
+        <v>42680205768</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>42459649200050</v>
+        <v>41458077900026</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>91340075134</v>
+        <v>31590433359</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>47914022000043</v>
+        <v>42459649200050</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>82420184342</v>
+        <v>91340075134</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48162966500011</v>
+        <v>47914022000043</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I13" s="3">
-        <v>73310811431</v>
+        <v>82420184342</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>49356752300029</v>
+        <v>48162966500011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="I14" s="3"/>
+        <v>67</v>
+      </c>
+      <c r="I14" s="3">
+        <v>73310811431</v>
+      </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>33872756300011</v>
+        <v>49356752300029</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>77565757000377</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>76</v>
       </c>
@@ -1540,31 +1540,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 06:34:37</dc:description>
+  <dc:description>Export en date du 02/15/2026 00:53:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>