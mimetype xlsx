--- v0 (2025-12-20)
+++ v1 (2026-03-20)
@@ -214,84 +214,84 @@
   <si>
     <t>181 AVENUE JEAN JAURES 69007 LYON</t>
   </si>
   <si>
     <t>01/09/2017</t>
   </si>
   <si>
     <t>LE CALIFORNIA BAT. B 2 RUE JEAN ANDREANI 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>01/05/2019</t>
   </si>
   <si>
     <t>41 PLACE JULES FERRY 92120 MONTROUGE</t>
   </si>
   <si>
     <t>ACADEMIE D'ART DENTAIRE RENNES</t>
   </si>
   <si>
     <t>ROUTE DE SAINT MALO ROUTE DE SAINT-MALO 35760 SAINT-GREGOIRE</t>
   </si>
   <si>
     <t>01/06/2024</t>
   </si>
   <si>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>ADONIS - ROSE CARMIN</t>
+  </si>
+  <si>
+    <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
     <t>ASS PROMOTION SOCIALE AVEUGLES HANDICAPE</t>
   </si>
   <si>
     <t>ESRP DE L'APSAH</t>
   </si>
   <si>
     <t>17 ROUTE DE RIGNAC 87700 AIXE-SUR-VIENNE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>ASS FORMAT PROFESS PERMANENTE</t>
   </si>
   <si>
     <t>14 RUE DU CHATEAU DES VERGNES 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>CENTRE FORMAT BOURSE TRAVAIL</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/09/2011</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LE DEVELOPPEMENT DE L ENSEIGNEMENT DENTAIRE</t>
   </si>
   <si>
     <t>23 RUE GABRIEL PERI 31000 TOULOUSE</t>
   </si>
   <si>
     <t>15/05/2020</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>18 RUE LEON FROT 75011 PARIS</t>
   </si>
   <si>
     <t>04/06/2021</t>
   </si>
   <si>
     <t>17 QUAI PORT NEUF 34500 BEZIERS</t>
   </si>
   <si>
     <t>LV CONSULTANTS</t>
   </si>
@@ -1341,198 +1341,198 @@
       <c r="F17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I17" s="3">
         <v>72330689633</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77571632700017</v>
+        <v>45125756200111</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="I18" s="3">
-        <v>74870032587</v>
+        <v>76311242231</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77921920300022</v>
+        <v>77571632700017</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D19" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>46</v>
+        <v>74</v>
       </c>
       <c r="I19" s="3">
-        <v>83630024963</v>
+        <v>74870032587</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78281271300017</v>
+        <v>77921920300022</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I20" s="3">
-        <v>93131886613</v>
+        <v>83630024963</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>45125756200111</v>
+        <v>78281271300017</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="I21" s="3">
-        <v>76311242231</v>
+        <v>93131886613</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>80905828200041</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I22" s="3">
         <v>76310878131</v>
@@ -1730,31 +1730,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/20/2025 07:19:52</dc:description>
+  <dc:description>Export en date du 03/20/2026 15:13:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>