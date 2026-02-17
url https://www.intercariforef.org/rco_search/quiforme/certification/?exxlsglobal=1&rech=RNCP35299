--- v0 (2026-01-01)
+++ v1 (2026-02-17)
@@ -124,189 +124,189 @@
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LEGTPA D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LA BROSSE 89290 VENOY</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
+    <t>CENTRE REG FORMAT BATIM TRAVAUX PUBLICS</t>
+  </si>
+  <si>
+    <t>57690 CREHANGE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>AFOR TP</t>
+  </si>
+  <si>
+    <t>11 RUE MAURICE BOUCHOR 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>07/04/1980</t>
+  </si>
+  <si>
+    <t>ECOLE DES TRAVAUX PUBLICS DE NORMANDIE INSTITUT JEAN FRERET APPRENTISSAGE</t>
+  </si>
+  <si>
+    <t>PLAINE ST GILLES 72610 SAINT-PATERNE - LE CHEVAIN</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>ORAKIN CHAMPAGNE ARDENNES</t>
+  </si>
+  <si>
+    <t>8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>14/04/2025</t>
+  </si>
+  <si>
+    <t>CPO.A BTP</t>
+  </si>
+  <si>
+    <t>13 RUE DENIS PAPIN 78190 TRAPPES</t>
+  </si>
+  <si>
+    <t>29/07/2005</t>
+  </si>
+  <si>
+    <t>FORE ENTREPRISE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE YERYSALYD - ZAC DE MOUDONG SU RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>PLATE-FORME</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES DE LAURADE 13103 SAINT-ETIENNE-DU-GRES</t>
+  </si>
+  <si>
+    <t>01/09/2002</t>
+  </si>
+  <si>
+    <t>INST.DEVELOP. COMPETENCES PROF.IDC PRO</t>
+  </si>
+  <si>
+    <t>ZA LE LIBRAIRE 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>15/10/2007</t>
+  </si>
+  <si>
+    <t>ORAKIN SUD LORRAINE</t>
+  </si>
+  <si>
+    <t>8-10 8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>05/10/2020</t>
+  </si>
+  <si>
+    <t>OUEST FORMATION   C.B.T.P.</t>
+  </si>
+  <si>
+    <t>LE CHAMP POIRIER 35680 LOUVIGNE-DE-BAIS</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>INNOVISTA</t>
+  </si>
+  <si>
+    <t>ZI THIBAUD 2 RUE JEAN DE GUERLINS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>BTP CFA CENTRE</t>
+  </si>
+  <si>
+    <t>343 RUE MARYSE HILSZ 45770 SARAN</t>
+  </si>
+  <si>
+    <t>25/06/2024</t>
+  </si>
+  <si>
     <t>ECOLE DE LA CONSTRUCTION DES INFRASTRUCTURES ET RESEAUX FORMATION</t>
   </si>
   <si>
     <t>PONT-ROYAL SUD 552 ROUTE DU GROS MOURRE 13370 MALLEMORT</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...49 lines deleted...]
-  <si>
     <t>ELFE FORMATION BTP</t>
   </si>
   <si>
     <t>PARC D ACTIVITE RUE HAUTE DEULE 62950 NOYELLES GODAULT</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>71.12B</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA CHEMIN L'IRAT ANNEXE DE SAINT-PIERRE</t>
   </si>
   <si>
     <t>RAVINE DES CABRIS 9 CHEMIN DE L’IRAT 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/07/2015</t>
-  </si>
-[...58 lines deleted...]
-    <t>07/04/1980</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
@@ -974,591 +974,591 @@
       <c r="F5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78273830600011</v>
+        <v>30233143400019</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="I6" s="3">
-        <v>93130003813</v>
+        <v>41570297757</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>40141754800039</v>
+        <v>31955718700022</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>25610038461</v>
+        <v>11930025493</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>42117746000142</v>
+        <v>40141754800039</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>44510287251</v>
+        <v>25610038461</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77534903800114</v>
+        <v>42117746000142</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>24450294845</v>
+        <v>44510287251</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>45398962600032</v>
+        <v>43219258100028</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>72240122924</v>
+        <v>11780689578</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48201278800030</v>
+        <v>44065706200020</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>41540242854</v>
+        <v>95970114297</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>80355996200011</v>
+        <v>44364273100014</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>31620265862</v>
+        <v>93131103313</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>81229926100071</v>
+        <v>45398962600032</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>98970001397</v>
+        <v>72240122924</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>50070451500013</v>
+        <v>48201278800030</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>53350834335</v>
+        <v>41540242854</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>43219258100028</v>
+        <v>50070451500013</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>11780689578</v>
+        <v>53350834335</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>44065706200020</v>
+        <v>51871742600036</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="3">
-        <v>95970114297</v>
+        <v>73310556031</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>44364273100014</v>
+        <v>77534903800114</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="I17" s="3">
-        <v>93131103313</v>
+        <v>24450294845</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>51871742600036</v>
+        <v>78273830600011</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>73310556031</v>
+        <v>93130003813</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>30233143400019</v>
+        <v>80355996200011</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="I19" s="3">
-        <v>41570297757</v>
+        <v>31620265862</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>31955718700022</v>
+        <v>81229926100071</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D20" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="3">
-        <v>11930025493</v>
+        <v>98970001397</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D21" s="2"/>
@@ -2031,86 +2031,86 @@
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>89760343700020</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>90298773400016</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="I35" s="3">
         <v>11941088494</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>93248963600088</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
@@ -2177,31 +2177,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 03:39:15</dc:description>
+  <dc:description>Export en date du 02/17/2026 07:56:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>