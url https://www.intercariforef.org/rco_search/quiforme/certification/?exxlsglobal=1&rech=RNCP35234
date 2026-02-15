--- v0 (2025-11-02)
+++ v1 (2026-02-15)
@@ -163,198 +163,198 @@
   <si>
     <t>CFPPA ADULTES D'YSSINGEAUX</t>
   </si>
   <si>
     <t>DOMAINE DE CHOUMOUROUX 50 IMPASSE DES EPICEAS 43200 YSSINGEAUX</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>8343P000743</t>
   </si>
   <si>
     <t>LYCEE GENERAL TECHNOLOGIQUE G. EIFFEL</t>
   </si>
   <si>
     <t>GRETA SEINE-SAINT-DENIS</t>
   </si>
   <si>
     <t>16 CHEMIN DE LA RENARDIERE 93220 GAGNY</t>
   </si>
   <si>
     <t>1193P000493</t>
   </si>
   <si>
+    <t>LEO LAGRANGE FORMATION</t>
+  </si>
+  <si>
+    <t>24 AVENUE DE VIRECOURT 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>08/10/2024</t>
+  </si>
+  <si>
+    <t>INSTITUT BRETON D'EDUCATION PERMANENTE</t>
+  </si>
+  <si>
+    <t>7 RUE DE VENDEE 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>ZI DU PRAT 30 RUE DU GENERAL BARON FABRE 56000 VANNES</t>
+  </si>
+  <si>
+    <t>15/07/2015</t>
+  </si>
+  <si>
+    <t>41 RUE CHARLES ET PAUL GENIAUX 35000 RENNES</t>
+  </si>
+  <si>
+    <t>26/08/2021</t>
+  </si>
+  <si>
+    <t>310 RUE CAROLINE AIGLE 29600 MORLAIX</t>
+  </si>
+  <si>
+    <t>02/11/2023</t>
+  </si>
+  <si>
     <t>BATIPOLE EN LIMOUXIN</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE 11300 SAINT-MARTIN-DE-VILLEREGLAN</t>
   </si>
   <si>
     <t>01/02/1990</t>
   </si>
   <si>
+    <t>INSTITUT DE FORMATION A L'ENVIRONNEMENT ET AU DEVELOPPEMENT DURABLE</t>
+  </si>
+  <si>
+    <t>EUROPOLE MEDIT DE L'ARBOIS BAT MARCONI AV LOUIS PHILIBERT 13080 AIX EN PROVENCE</t>
+  </si>
+  <si>
+    <t>03/11/2020</t>
+  </si>
+  <si>
+    <t>EQUINOXE FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/10/2011</t>
+  </si>
+  <si>
+    <t>ASSOCIATION INITIATIVE FORMATION EMPLOI</t>
+  </si>
+  <si>
+    <t>ZAC MONTIGNY BD JEAN MOULIN RES AQUITAINE 62640 MONTIGNY-EN-GOHELLE</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>FORE ILES DU NORD</t>
+  </si>
+  <si>
+    <t>HOPE ESTATE 18 RUE CANNE A SUCRE  97150 SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>15/07/2012</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>RHONE EMPLOIS NOUVEAUX</t>
+  </si>
+  <si>
+    <t>38 GRANDE RUE DE VAISE 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/08/1999</t>
+  </si>
+  <si>
+    <t>SERVICES EMPLOI ET FORMATION</t>
+  </si>
+  <si>
+    <t>CZ MME MARIE-ALICE MENAGE 5 LOTISSEMENT SAINTE MARIE 1 97115 SAINTE-ROSE</t>
+  </si>
+  <si>
+    <t>01/10/2000</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>01973126297</t>
+  </si>
+  <si>
     <t>LSC FORMATION</t>
   </si>
   <si>
     <t>RESIDENCE CONTINENTAL 80 AVENUE BOULOUMIE 88800 VITTEL</t>
   </si>
   <si>
     <t>01/06/2011</t>
   </si>
   <si>
-    <t>EQUINOXE FORMATION</t>
-[...35 lines deleted...]
-    <t>01/08/1999</t>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>ALLIANCE CONSEIL PLUS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LAS COLINAS ETAGE 1 PARC D'ACTIVITE DE COLLIN 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
   </si>
   <si>
     <t>FONDATION COS ALEXANDRE GLASBERG</t>
   </si>
   <si>
     <t>COS CREPSE 5 RUE AUGUSTE COLONNA 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>88.10C</t>
-  </si>
-[...79 lines deleted...]
-    <t>01973126297</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
@@ -1105,628 +1105,628 @@
       <c r="F8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>48</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38070394200017</v>
+        <v>31065677200319</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>91110047011</v>
+        <v>82690049869</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>49766537200023</v>
+        <v>34025814400237</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>41880094488</v>
+        <v>53350168735</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41159185200073</v>
+        <v>34025814400252</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>96973018697</v>
+        <v>53350168735</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41522964000024</v>
+        <v>34025814400286</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>31620125162</v>
+        <v>53350168735</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>42302346400021</v>
+        <v>34025814400302</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="I13" s="3">
-        <v>95970093097</v>
+        <v>53350168735</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>42412249700011</v>
+        <v>38070394200017</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="3">
-        <v>82690725769</v>
+        <v>91110047011</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77565757000559</v>
+        <v>51824280500027</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="I15" s="3">
-        <v>84420372442</v>
+        <v>93131350913</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>50921839200025</v>
+        <v>41159185200073</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>98970335697</v>
+        <v>96973018697</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>51472059800036</v>
+        <v>41522964000024</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>95970122297</v>
+        <v>31620125162</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>51824280500027</v>
+        <v>42302346400021</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="I18" s="3">
-        <v>93131350913</v>
+        <v>95970093097</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>31065677200319</v>
+        <v>42412249700011</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>82690049869</v>
+        <v>82690725769</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>34025814400237</v>
+        <v>43263480600017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>53350168735</v>
+        <v>83</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>84</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>34025814400252</v>
+        <v>49766537200023</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="3">
-        <v>53350168735</v>
+        <v>41880094488</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>34025814400286</v>
+        <v>50921839200025</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+        <v>88</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>89</v>
+      </c>
       <c r="E22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>53350168735</v>
+        <v>98970335697</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>34025814400302</v>
+        <v>51472059800036</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="3">
-        <v>53350168735</v>
+        <v>95970122297</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>43263480600017</v>
+        <v>77565757000559</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="I24" s="3" t="s">
         <v>98</v>
+      </c>
+      <c r="I24" s="3">
+        <v>84420372442</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D25" s="2"/>
@@ -2417,31 +2417,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/02/2025 06:17:11</dc:description>
+  <dc:description>Export en date du 02/15/2026 01:00:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>