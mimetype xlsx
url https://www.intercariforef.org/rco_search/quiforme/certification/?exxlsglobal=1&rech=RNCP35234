--- v1 (2026-02-15)
+++ v2 (2026-02-15)
@@ -2417,31 +2417,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/15/2026 01:00:26</dc:description>
+  <dc:description>Export en date du 02/15/2026 02:06:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>