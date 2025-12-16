--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -94,87 +94,87 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
   </si>
   <si>
     <t>GRETA - CFA AQUITAINE</t>
   </si>
   <si>
     <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>IFI PEINTURE</t>
+  </si>
+  <si>
+    <t>BAT D CS 40053 13 B ROUTE DE PESSAC 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/12/2013</t>
+  </si>
+  <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>CHEMIN DE LA CLUE 13011 MARSEILLE</t>
   </si>
   <si>
     <t>50 RUE FERDINAND BUISSON 33130 BEGLES</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/12/2013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -653,336 +653,336 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>82409268800012</v>
+        <v>35359974900077</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>11930762893</v>
+        <v>73310117831</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>82409268800053</v>
+        <v>82409268800012</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3">
         <v>11930762893</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>82409268800061</v>
+        <v>82409268800053</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
         <v>11930762893</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82409268800210</v>
+        <v>82409268800061</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
         <v>11930762893</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>82422814200579</v>
+        <v>82409268800210</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>82422814201569</v>
+        <v>82422814200579</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
         <v>11930743393</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82422814201577</v>
+        <v>82422814201569</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
         <v>11930743393</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>35359974900077</v>
+        <v>82422814201577</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>73310117831</v>
+        <v>11930743393</v>
       </c>
       <c r="J11" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K11" s="2" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1001,31 +1001,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 15:12:50</dc:description>
+  <dc:description>Export en date du 12/16/2025 04:56:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>