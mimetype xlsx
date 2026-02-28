--- v1 (2025-12-16)
+++ v2 (2026-02-28)
@@ -1001,31 +1001,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 04:56:18</dc:description>
+  <dc:description>Export en date du 02/28/2026 05:23:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>