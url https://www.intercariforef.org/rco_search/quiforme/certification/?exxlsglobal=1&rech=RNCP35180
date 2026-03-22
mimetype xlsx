--- v0 (2025-12-16)
+++ v1 (2026-03-22)
@@ -106,87 +106,87 @@
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LYCEE GENERAL TECHNO DIT DHUODA</t>
   </si>
   <si>
     <t>GRETA DU GARD</t>
   </si>
   <si>
     <t>17 RUE DHUODA 30900 NIMES</t>
   </si>
   <si>
     <t>26/04/1989</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>9130P018430</t>
   </si>
   <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>CFAI DIAFOR</t>
+  </si>
+  <si>
+    <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>AFPI AUVERGNE</t>
   </si>
   <si>
     <t>62 RUE HENRI BARBUSSE 03630 DESERTINES</t>
   </si>
   <si>
     <t>30/06/2007</t>
   </si>
   <si>
     <t>AFPI INSERTION POITOU CHARENTE</t>
   </si>
   <si>
     <t>33 RUE DE L’ARSENAL 16000 ANGOULEME</t>
   </si>
   <si>
     <t>19/11/2012</t>
-  </si>
-[...19 lines deleted...]
-    <t>85.32Z</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE 21-71-AFPI 2171</t>
   </si>
   <si>
     <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
   </si>
   <si>
     <t>22/07/2019</t>
   </si>
   <si>
     <t>S&amp;CO FORMATION ET CONSEIL</t>
   </si>
   <si>
     <t>198 AVENUE DE VERDUN 92130 ISSY-LES-MOULINEAUX</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>ASSOCIATION AMBROISE CROIZAT - SOCIALE ET MEDICO-SOCIALE</t>
   </si>
@@ -759,188 +759,188 @@
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>77928324100056</v>
+        <v>30824995200083</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="3">
-        <v>83630000863</v>
+        <v>53350007835</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>79008626800014</v>
+        <v>39048242000069</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="I6" s="3">
-        <v>54160078316</v>
+        <v>53220855422</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>30824995200083</v>
+        <v>77928324100056</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="3">
-        <v>53350007835</v>
+        <v>83630000863</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>39048242000069</v>
+        <v>79008626800014</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="I8" s="3">
-        <v>53220855422</v>
+        <v>54160078316</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>85265818600014</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
@@ -1181,31 +1181,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 01:01:55</dc:description>
+  <dc:description>Export en date du 03/22/2026 01:41:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>