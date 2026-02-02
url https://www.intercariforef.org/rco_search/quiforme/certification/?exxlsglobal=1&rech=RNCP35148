--- v0 (2025-12-13)
+++ v1 (2026-02-02)
@@ -73,177 +73,177 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LES PALMIERS - LYCEE DES METIERS DES SERVICES A LA PERSONNE ET AUX ENTREPRISES</t>
   </si>
   <si>
     <t>06305 NICE CEDEX 4 15 AVENUE BANCO 06300 NICE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>B2H 13 AIX</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD EDOUARD HERRIOT 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>07/01/2016</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ESGCV</t>
+  </si>
+  <si>
+    <t>ESG CI - ESG TOURISME</t>
+  </si>
+  <si>
+    <t>2EME ETAGE 25 RUE SAINT-AMBROISE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>OGEC SACRE COEUR LA SALLE - ANGERS</t>
+  </si>
+  <si>
+    <t>2 RUE MILLET 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>25/12/1986</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>INSTITUT FORMATION CONSEIL</t>
   </si>
   <si>
     <t>250 RUE DU 12E REGIMENT DE ZOUAVES 84000 AVIGNON</t>
   </si>
   <si>
     <t>25/07/1996</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...4 lines deleted...]
-  <si>
     <t>E S G M ECOLE SUP GESTION MANAGEMENT</t>
   </si>
   <si>
     <t>14 RUE GUSTAVE HIRN 68200 MULHOUSE</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>PRO FORMAT</t>
   </si>
   <si>
     <t>19 ALLEE GLUCK 68200 MULHOUSE</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
     <t>ASCENCIA EVRY</t>
   </si>
   <si>
     <t>IMMEUBLE L'EUROPEEN 98 ALL DES CHAMPS ELYSEES 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>06/03/2007</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...13 lines deleted...]
-  <si>
     <t>ASCENCIA BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>LA GRANDE ARCHE 1 LE PARVIS 92800 PUTEAUX</t>
   </si>
   <si>
     <t>15/03/2018</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ADEOS FORMATIONS</t>
   </si>
   <si>
     <t>PARC D'ACTIVITE DU 45EME PARALLELE 26 RUE BRILLAT SAVARIN 26300 ALIXAN</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>25/09/2023</t>
   </si>
   <si>
     <t>CTI</t>
   </si>
   <si>
     <t>70 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>01/03/2012</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>ESGCV</t>
-[...10 lines deleted...]
-  <si>
     <t>OGEC UNION ST MICHEL FORMA PROFE JEUNES</t>
   </si>
   <si>
     <t>CHARTREUSE DE BOSSERVILLE 54510 ART-SUR-MEURTHE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>NOUVELLE ASSOC EDUCAT POPULAI ST-BENIGNE</t>
   </si>
   <si>
     <t>99 RUE DE TALANT 21000 DIJON</t>
-  </si>
-[...7 lines deleted...]
-    <t>07/01/2016</t>
   </si>
   <si>
     <t>LV CONSULTANTS</t>
   </si>
   <si>
     <t>4160 ROUTE DE MONTABO 97300 CAYENNE</t>
   </si>
   <si>
     <t>25/07/2018</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>03973165997</t>
   </si>
   <si>
     <t>IFCV APPRENTISSAGE</t>
   </si>
   <si>
     <t>12/12/2019</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES APPRENTIS DE L INDUSTRIE LOIRE DROME ARDECHE (CFAI - LDA)</t>
   </si>
@@ -755,482 +755,482 @@
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>37924163100058</v>
+        <v>81946418100018</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>93840081584</v>
+        <v>93131671613</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>42050092800056</v>
+        <v>75253547600242</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>42680123568</v>
+        <v>11755049075</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>44027000700030</v>
+        <v>32075979800020</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>42680143068</v>
+        <v>52490190149</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>49478955500013</v>
+        <v>37924163100058</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I6" s="3">
-        <v>11910607691</v>
+        <v>93840081584</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>32075979800020</v>
+        <v>42050092800056</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="I7" s="3">
-        <v>52490190149</v>
+        <v>42680123568</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>50123141900034</v>
+        <v>44027000700030</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>11921662892</v>
+        <v>42680143068</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>53909770900023</v>
+        <v>49478955500013</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="G9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="I9" s="3">
-        <v>82260197626</v>
+        <v>11910607691</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>75072159900017</v>
+        <v>50123141900034</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>11921875092</v>
+        <v>11921662892</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>75253547600242</v>
+        <v>53909770900023</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="G11" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>11755049075</v>
+        <v>82260197626</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77812775300011</v>
+        <v>75072159900017</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I12" s="3">
-        <v>41540004854</v>
+        <v>11921875092</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77821052600019</v>
+        <v>77812775300011</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>26210015921</v>
+        <v>41540004854</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>81946418100018</v>
+        <v>77821052600019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>93131671613</v>
+        <v>26210015921</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>84167697600019</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D15" s="2"/>
@@ -1250,95 +1250,95 @@
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>87990046200018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3">
         <v>11922324192</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>88474598500017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="I17" s="3">
         <v>84420341742</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
@@ -1368,51 +1368,51 @@
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>89072413100010</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I19" s="3">
         <v>84380759938</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>90170349600017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
@@ -1465,67 +1465,67 @@
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3">
         <v>44670719767</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>92060378400025</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I22" s="3">
         <v>44570471557</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1553,31 +1553,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/13/2025 07:17:56</dc:description>
+  <dc:description>Export en date du 02/03/2026 00:19:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>