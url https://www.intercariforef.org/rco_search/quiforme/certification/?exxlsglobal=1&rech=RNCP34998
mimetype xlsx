--- v0 (2025-11-28)
+++ v1 (2026-01-24)
@@ -58,123 +58,123 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>INSTITUT SUPERIEUR D'INFORMATIQUE ET DE MANAGEMENT DE L'INFORMATION</t>
+  </si>
+  <si>
+    <t>85 AVENUE PIERRE GRENIER 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>25/02/2019</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ICCA - FORMATION</t>
+  </si>
+  <si>
+    <t>46 RUE DE LA JUSTICE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>17/06/1997</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE L'ENSEIGNEMENT A DISTANCE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE L'ENSOLEILLE BAT 5 405 CHEMIN DES PIBOULES 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>28/08/2024</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>VIDENUM</t>
   </si>
   <si>
-    <t>85 AVENUE PIERRE GRENIER 92100 BOULOGNE-BILLANCOURT</t>
-[...11 lines deleted...]
-    <t>VRAI</t>
+    <t>ANAPIJ</t>
+  </si>
+  <si>
+    <t>ESGI</t>
+  </si>
+  <si>
+    <t>242 RUE DU FBG ST ANTOINE 75012 PARIS 12</t>
+  </si>
+  <si>
+    <t>01/02/2016</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
   </si>
   <si>
     <t>PAZEL</t>
   </si>
   <si>
-    <t>70.10Z</t>
-[...1 lines deleted...]
-  <si>
     <t>REGESEE</t>
   </si>
   <si>
     <t>EFET PHOTO</t>
   </si>
   <si>
     <t>20 RUE BOUVIER 75011 PARIS</t>
   </si>
   <si>
     <t>01/08/2017</t>
-  </si>
-[...37 lines deleted...]
-    <t>INSTITUT SUPERIEUR D'INFORMATIQUE ET DE MANAGEMENT DE L'INFORMATION</t>
   </si>
   <si>
     <t>FORMADU</t>
   </si>
   <si>
     <t>25/06/2024</t>
   </si>
   <si>
     <t>37 RUE DU JARDIN PUBLIC 33000 BORDEAUX</t>
   </si>
   <si>
     <t>23/09/2024</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -594,405 +594,405 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>51953329300055</v>
+        <v>33017866600088</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11755668875</v>
+        <v>11755669575</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>78994702500043</v>
+        <v>41266209000015</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>11755668975</v>
+        <v>21510098451</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>80054915600027</v>
+        <v>48874104200052</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>11755366475</v>
+        <v>11922781092</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>80054915600035</v>
+        <v>51953329300055</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I5" s="3">
-        <v>11755366475</v>
+        <v>11755668875</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>48874104200052</v>
+        <v>53145866900037</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D6" s="2"/>
+        <v>29</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>30</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I6" s="3">
-        <v>11922781092</v>
+        <v>11755669475</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41266209000015</v>
+        <v>53145866900045</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="I7" s="3">
-        <v>21510098451</v>
+        <v>11755669475</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>53145866900037</v>
+        <v>78994702500043</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>11755669475</v>
+        <v>11755668975</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>53145866900045</v>
+        <v>80054915600027</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>35</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I9" s="3">
-        <v>11755669475</v>
+        <v>11755366475</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>33017866600088</v>
+        <v>80054915600035</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="I10" s="3">
-        <v>11755669575</v>
+        <v>11755366475</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>85115160500058</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
         <v>11755929575</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>85115160500066</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
@@ -1057,31 +1057,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/28/2025 04:22:56</dc:description>
+  <dc:description>Export en date du 01/24/2026 07:26:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>