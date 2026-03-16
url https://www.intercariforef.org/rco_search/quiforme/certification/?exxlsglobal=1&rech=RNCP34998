--- v1 (2026-01-24)
+++ v2 (2026-03-16)
@@ -76,72 +76,72 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR D'INFORMATIQUE ET DE MANAGEMENT DE L'INFORMATION</t>
   </si>
   <si>
     <t>85 AVENUE PIERRE GRENIER 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>25/02/2019</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>INSTITUT NATIONAL DE L'ENSEIGNEMENT A DISTANCE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE L'ENSOLEILLE BAT 5 405 CHEMIN DES PIBOULES 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>28/08/2024</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>ICCA - FORMATION</t>
   </si>
   <si>
     <t>46 RUE DE LA JUSTICE 51100 REIMS</t>
   </si>
   <si>
     <t>17/06/1997</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>VIDENUM</t>
   </si>
   <si>
     <t>ANAPIJ</t>
   </si>
   <si>
     <t>ESGI</t>
   </si>
   <si>
     <t>242 RUE DU FBG ST ANTOINE 75012 PARIS 12</t>
   </si>
   <si>
     <t>01/02/2016</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>PAZEL</t>
   </si>
   <si>
     <t>REGESEE</t>
   </si>
@@ -631,142 +631,142 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>11755669575</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>41266209000015</v>
+        <v>48874104200052</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>21510098451</v>
+        <v>11922781092</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>48874104200052</v>
+        <v>41266209000015</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>11922781092</v>
+        <v>21510098451</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>51953329300055</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
         <v>11755668875</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>53145866900037</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
@@ -798,51 +798,51 @@
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>53145866900045</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
         <v>11755669475</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>78994702500043</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
@@ -1057,31 +1057,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/24/2026 07:26:05</dc:description>
+  <dc:description>Export en date du 03/16/2026 23:12:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>