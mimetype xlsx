--- v0 (2025-12-26)
+++ v1 (2026-02-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -169,78 +169,75 @@
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>9305P001405</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MORBIHAN</t>
   </si>
   <si>
     <t>2 B RUE BEAUVAIS 56100 LORIENT</t>
   </si>
   <si>
     <t>01/09/1997</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
-    <t>5356P001456</t>
-[...1 lines deleted...]
-  <si>
     <t>CCI FRANCE</t>
   </si>
   <si>
     <t>8-10 8 RUE PIERRE BROSSOLETTE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>05/12/2018</t>
   </si>
   <si>
     <t>1175P008075</t>
   </si>
   <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
     <t>SCHOLAR FAB ORGANISATION</t>
   </si>
   <si>
     <t>CHCI 182 QUAI GEORGE V 76600 LE HAVRE</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/09/1980</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>27/07/2011</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION CONSEILS ET ACCOMPAGNEMENT PROFESSIONNELS</t>
   </si>
   <si>
     <t>57 T ROUTE DE ROCHELONGUE 34300 AGDE</t>
   </si>
   <si>
     <t>22/02/2016</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
@@ -990,526 +987,524 @@
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>18560005300184</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="I9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>44492238900051</v>
+        <v>30804972500036</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>43</v>
+      </c>
+      <c r="I11" s="3">
+        <v>24180039818</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>30804972500036</v>
+        <v>44492238900051</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>53379925000014</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>72400095540</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>81897269700010</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>76340895434</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>76341086134</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>89079142900032</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I17" s="3">
         <v>76341086134</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>89079142900040</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I18" s="3">
         <v>76341086134</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>89079142900073</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I19" s="3">
         <v>76341086134</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>89079142900123</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I20" s="3">
         <v>76341086134</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>89079142900149</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I21" s="3">
         <v>76341086134</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>89079142900198</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I22" s="3">
         <v>76341086134</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1537,31 +1532,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 10:39:18</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:46:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>