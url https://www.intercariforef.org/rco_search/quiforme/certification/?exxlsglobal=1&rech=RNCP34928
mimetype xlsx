--- v1 (2026-02-24)
+++ v2 (2026-02-24)
@@ -1532,31 +1532,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/24/2026 15:46:23</dc:description>
+  <dc:description>Export en date du 02/24/2026 17:14:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>