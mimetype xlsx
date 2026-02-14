--- v0 (2025-12-14)
+++ v1 (2026-02-14)
@@ -139,78 +139,78 @@
   <si>
     <t>MAIS FAMIL URBAINE DE RENNES ST GREGOIRE</t>
   </si>
   <si>
     <t>LES RABINARDIERES 35760 SAINT-GREGOIRE</t>
   </si>
   <si>
     <t>01/09/1993</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>BTP CFA OCCITANIE</t>
   </si>
   <si>
     <t>BTP CFA OCCITANIE - CAMPUS DE PERPIGNAN</t>
   </si>
   <si>
     <t>TECNOSUD 205 RUE FELIX TROMBE 66100 PERPIGNAN</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
+    <t>LYCEE PRIVE DE RIGNAC AMENAGEMENT PAYSAGER ELEVAGE BOVIN EQUIN SERVICES AUX PERS</t>
+  </si>
+  <si>
+    <t>AVENUE DE VILLEFRANCHE 12390 RIGNAC</t>
+  </si>
+  <si>
+    <t>12/12/1985</t>
+  </si>
+  <si>
     <t>BTP CFA NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>LES BUREAUX DU LAC I 4 AVENUE DE CHAVAILLES 33520 BRUGES</t>
   </si>
   <si>
     <t>16/05/2011</t>
   </si>
   <si>
     <t>BTP CFA PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>BTP CFA VENDEE</t>
   </si>
   <si>
     <t>23 ROND-POINT DU COTEAU 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>01/01/2012</t>
-  </si>
-[...7 lines deleted...]
-    <t>12/12/1985</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
@@ -885,149 +885,149 @@
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I7" s="3">
         <v>91340684734</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78235535800113</v>
+        <v>77673414700015</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>72330875333</v>
+        <v>76120094112</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78605529300066</v>
+        <v>78235535800113</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I9" s="3">
-        <v>52440669044</v>
+        <v>72330875333</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77673414700015</v>
+        <v>78605529300066</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I10" s="3">
-        <v>76120094112</v>
+        <v>52440669044</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
@@ -1422,31 +1422,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 22:20:52</dc:description>
+  <dc:description>Export en date du 02/14/2026 17:56:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>