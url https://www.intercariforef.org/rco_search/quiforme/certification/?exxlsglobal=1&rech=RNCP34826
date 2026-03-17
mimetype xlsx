--- v0 (2025-11-01)
+++ v1 (2026-03-17)
@@ -298,50 +298,107 @@
   <si>
     <t>LYCEE POLYVALENT VACLAV HAVEL</t>
   </si>
   <si>
     <t>FORMATION DECESF</t>
   </si>
   <si>
     <t>5 AVENUE DANIELLE MITTERRAND 33130 BEGLES</t>
   </si>
   <si>
     <t>01/09/2012</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ROSA PARKS</t>
   </si>
   <si>
     <t>70 AVENUE GEORGE SAND 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/09/2017</t>
   </si>
   <si>
+    <t>ASSOCIATION REGIONALE DU TRAVAIL SOCIAL NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>IRTS NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>BP 39 9 RUE FRANCOIS RABELAIS 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE TOURAINE EDUCATION ET CULTURE</t>
+  </si>
+  <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>17 RUE GROISON 37100 TOURS</t>
+  </si>
+  <si>
+    <t>06/07/1981</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>03110 ESCUROLLES</t>
+  </si>
+  <si>
+    <t>01/09/1970</t>
+  </si>
+  <si>
+    <t>ASS REGIONALE DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>SITE METROPOLE LILLOISE</t>
+  </si>
+  <si>
+    <t>RUE AMBROISE PARE 59120 LOOS</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>165 RUE DE LA BARRE 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
     <t>INSTITUT DU TRAVAIL SOCIAL PIERRE BOURDIEU</t>
   </si>
   <si>
     <t>8 COURS LEON BERARD 64000 PAU</t>
   </si>
   <si>
     <t>01/09/2003</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>INSTITUT REGIONAL DU TRAVAIL SOCIAL DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE ALFRED DE VIGNY 25000 BESANCON</t>
   </si>
   <si>
     <t>15/12/2005</t>
   </si>
   <si>
     <t>AFRIS PARIS PARMENTIER</t>
   </si>
   <si>
     <t>145 AVENUE PARMENTIER 75010 PARIS</t>
@@ -358,50 +415,83 @@
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>FORM'ACTION</t>
   </si>
   <si>
     <t>PETIT PEROU 41 LOTISSEMENT DUGAZON DE BOURGOGNE 97139 LES ABYMES</t>
   </si>
   <si>
     <t>26/03/1998</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>INSTITUT RURAL DE HAUTE NORMANDIE</t>
   </si>
   <si>
     <t>RUE GENERAL LECLERC 76890 TOTES</t>
   </si>
   <si>
     <t>01/08/1990</t>
   </si>
   <si>
+    <t>ASKORIA</t>
+  </si>
+  <si>
+    <t>2 AVENUE DU BOIS LABBE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>11/04/2013</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>7 RUE DES MONTAGNES 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>ASS LES GADELLES-OGEC LYCEE JEANNE D ARC</t>
+  </si>
+  <si>
+    <t>22 RUE GENERAL DE GAULLE 76310 SAINTE-ADRESSE</t>
+  </si>
+  <si>
+    <t>20/10/1994</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
     <t>IRTS NORMANDIE-CAEN ARRFIS</t>
   </si>
   <si>
     <t>2 RUE DU CAMPUS 14200 HEROUVILLE-SAINT-CLAIR</t>
   </si>
   <si>
     <t>18/06/2020</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR CLORIVIERE</t>
   </si>
   <si>
     <t>119 BOULEVARD DIDEROT 75012 PARIS</t>
   </si>
   <si>
     <t>16/07/2007</t>
   </si>
   <si>
     <t>CENT.FORM.PROMO M.F.R.JARIJOUX PERIGORD</t>
   </si>
   <si>
     <t>JARIJOUX 24750 CHAMPCEVINEL</t>
   </si>
   <si>
     <t>05/06/1997</t>
@@ -463,53 +553,50 @@
   <si>
     <t>47 RUE DE NAPLES 75008 PARIS</t>
   </si>
   <si>
     <t>01/09/1980</t>
   </si>
   <si>
     <t>CROIX ROUGE FRANCAISE</t>
   </si>
   <si>
     <t>INSTITUT FORMATION EN SOINS INFIRMIERS</t>
   </si>
   <si>
     <t>6 AVENUE DU PROFESSEUR ALEXANDRE MINKOWSKI 37170 CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>ARFISS</t>
   </si>
   <si>
     <t>1 RUE GEORGES GUYNEMER 86000 POITIERS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION  SCOLAIRE BEAUSEJOUR DE NARBONNE</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BEAUSEJOUR</t>
   </si>
   <si>
     <t>2 RUE GIRARD 11100 NARBONNE</t>
   </si>
   <si>
     <t>24/11/2007</t>
   </si>
   <si>
     <t>OGEC NOTRE DAME SAINT PRIVAT</t>
   </si>
   <si>
     <t>QU FONTANILLES AVENUE DU PERE COUDRIN 48000 MENDE</t>
   </si>
   <si>
     <t>01/09/1995</t>
   </si>
   <si>
     <t>O.G.E.C. ST DENIS</t>
   </si>
   <si>
     <t>1 CHEMIN DE LA MUETTE 07100 ANNONAY</t>
@@ -575,137 +662,50 @@
     <t>INSTITUT SUPERIEUR DE FORMATION PAR ALTERNANCE - OF - CFA "INSTITUT RICHEMONT"</t>
   </si>
   <si>
     <t>RICHEMONT 12 ROUTE DE L'ANCIEN SEMINAIRE 16370 VAL-DE-COGNAC</t>
   </si>
   <si>
     <t>OGEC LYCEE TECHNIQUE BEL ORME</t>
   </si>
   <si>
     <t>67 RUE DE BEL ORME 33000 BORDEAUX</t>
   </si>
   <si>
     <t>INSTITUT CADENELLE</t>
   </si>
   <si>
     <t>134 BOULEVARD DES LIBERATEURS 13012 MARSEILLE</t>
   </si>
   <si>
     <t>ORGANISME DE GESTION DES LYCEES CATHOLIQUES DE LOOS</t>
   </si>
   <si>
     <t>6 RUE DU MARECHAL JOFFRE 59120 LOOS</t>
   </si>
   <si>
     <t>10/09/1980</t>
-  </si>
-[...85 lines deleted...]
-    <t>01/09/2021</t>
   </si>
   <si>
     <t>OGEC STELLA MARIS</t>
   </si>
   <si>
     <t>40/42 40 PROMENADE DE LA BARRE 64600 ANGLET</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION ET LA RECHERCHE EN INTERVENTION SOCIALE</t>
   </si>
   <si>
     <t>ESEIS 3 RUE SEDILLOT 67000 STRASBOURG</t>
   </si>
   <si>
     <t>10/10/2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -2188,1608 +2188,1606 @@
         <v>92</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>34396218900027</v>
+        <v>30116880300015</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D32" s="2"/>
+      <c r="D32" s="2" t="s">
+        <v>95</v>
+      </c>
       <c r="E32" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="I32" s="3">
-        <v>72640048164</v>
+        <v>72330005533</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>34943244300043</v>
+        <v>30282378600025</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D33" s="2"/>
+      <c r="D33" s="2" t="s">
+        <v>99</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I33" s="3">
-        <v>43250012425</v>
+        <v>24370008237</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>34997263800010</v>
+        <v>31694466900019</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="I34" s="3">
-        <v>11751381975</v>
+        <v>83030232603</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>38036912400017</v>
+        <v>31807145300019</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>105</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>106</v>
+      </c>
       <c r="E35" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I35" s="3">
-        <v>91340190634</v>
+        <v>31590021959</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>38518253000035</v>
+        <v>32439762900118</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="I36" s="3">
-        <v>95970034997</v>
+        <v>52440210544</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>38752808600011</v>
+        <v>32439762900209</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="I37" s="3">
-        <v>23760487976</v>
+        <v>52440210544</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>41398430300029</v>
+        <v>34396218900027</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="I38" s="3">
-        <v>25140137614</v>
+        <v>72640048164</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>41968472500023</v>
+        <v>34943244300043</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="I39" s="3">
-        <v>11755526375</v>
+        <v>43250012425</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>41971924000014</v>
+        <v>34997263800010</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="I40" s="3">
-        <v>72240088024</v>
+        <v>11751381975</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>42100372400034</v>
+        <v>38036912400017</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>90</v>
       </c>
       <c r="I41" s="3">
-        <v>98970227397</v>
+        <v>91340190634</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42100372400042</v>
+        <v>38518253000035</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="I42" s="3">
-        <v>98970227397</v>
+        <v>95970034997</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>42196824900019</v>
+        <v>38752808600011</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="I43" s="3">
-        <v>41570177957</v>
+        <v>23760487976</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>42196824900027</v>
+        <v>79296161700018</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>97</v>
+        <v>136</v>
       </c>
       <c r="I44" s="3">
-        <v>41570177957</v>
+        <v>53350930635</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>75047738200014</v>
+        <v>79296161700026</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="I45" s="3">
-        <v>52441074544</v>
+        <v>53350930635</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>75079623700022</v>
+        <v>40112310400010</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="G46" s="2"/>
+        <v>142</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="H46" s="2" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>77567111800047</v>
+        <v>41398430300029</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>23</v>
+        <v>116</v>
       </c>
       <c r="I47" s="3">
-        <v>11756233675</v>
+        <v>25140137614</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>77567227233281</v>
+        <v>41968472500023</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>90</v>
+        <v>116</v>
       </c>
       <c r="I48" s="3">
-        <v>11930620393</v>
+        <v>11755526375</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>77571615200019</v>
+        <v>41971924000014</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="I49" s="3">
-        <v>54860002586</v>
+        <v>72240088024</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>77581770300033</v>
+        <v>42100372400034</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I50" s="3"/>
+        <v>90</v>
+      </c>
+      <c r="I50" s="3">
+        <v>98970227397</v>
+      </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>77611474600014</v>
+        <v>42100372400042</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="I51" s="3">
-        <v>91480030448</v>
+        <v>98970227397</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>77622909800012</v>
+        <v>42196824900019</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I52" s="3"/>
+        <v>161</v>
+      </c>
+      <c r="I52" s="3">
+        <v>41570177957</v>
+      </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>77639493400017</v>
+        <v>42196824900027</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>90</v>
+        <v>116</v>
       </c>
       <c r="I53" s="3">
-        <v>82420131042</v>
+        <v>41570177957</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>77694486000019</v>
+        <v>75047738200014</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>149</v>
+        <v>165</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="I54" s="3">
-        <v>73310003031</v>
+        <v>52441074544</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>77719323600018</v>
+        <v>75079623700022</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>149</v>
+        <v>168</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>31</v>
+        <v>116</v>
       </c>
       <c r="I55" s="3">
-        <v>73810014281</v>
+        <v>84692123069</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>77755235700017</v>
+        <v>77567111800047</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>169</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>170</v>
+      </c>
       <c r="E56" s="2" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>149</v>
+        <v>172</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="I56" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I56" s="3">
+        <v>11756233675</v>
+      </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>77774582900013</v>
+        <v>77567227233281</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D57" s="2"/>
+        <v>173</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="E57" s="2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>149</v>
+        <v>176</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="I57" s="3">
-        <v>53351032035</v>
+        <v>11930620393</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>77790657900019</v>
+        <v>77571615200019</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="I58" s="3">
-        <v>53560872056</v>
+        <v>54860002586</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>77807079700049</v>
+        <v>77581770300033</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D59" s="2"/>
+        <v>179</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>180</v>
+      </c>
       <c r="E59" s="2" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I59" s="3"/>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>78034846200042</v>
+        <v>77611474600014</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>37</v>
+        <v>185</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I60" s="3">
-        <v>21100043310</v>
+        <v>91480030448</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>78119478200012</v>
+        <v>77622909800012</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>149</v>
+        <v>188</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I61" s="3"/>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>78184279400013</v>
+        <v>77639493400017</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="I62" s="3">
-        <v>72330961733</v>
+        <v>82420131042</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78294740200015</v>
+        <v>77694486000019</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="I63" s="3">
-        <v>93130005713</v>
+        <v>73310003031</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>78372283800027</v>
+        <v>77719323600018</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>186</v>
+        <v>97</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I64" s="3">
-        <v>32590929059</v>
+        <v>73810014281</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>30116880300015</v>
+        <v>77755235700017</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>30282378600025</v>
+        <v>77774582900013</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>193</v>
+        <v>97</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="I66" s="3">
-        <v>24370008237</v>
+        <v>53351032035</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>31694466900019</v>
+        <v>77790657900019</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>196</v>
+        <v>97</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I67" s="3">
-        <v>83030232603</v>
+        <v>53560872056</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>31807145300019</v>
+        <v>77807079700049</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>149</v>
+        <v>204</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="I68" s="3">
-        <v>31590021959</v>
+        <v>74870000187</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>32439762900118</v>
+        <v>78034846200042</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>202</v>
+        <v>37</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="I69" s="3">
-        <v>52440210544</v>
+        <v>21100043310</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>32439762900209</v>
+        <v>78119478200012</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>204</v>
+        <v>97</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="I70" s="3">
-        <v>52440210544</v>
+        <v>54160018516</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>79296161700018</v>
+        <v>78184279400013</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>207</v>
+        <v>97</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>208</v>
+        <v>31</v>
       </c>
       <c r="I71" s="3">
-        <v>53350930635</v>
+        <v>72330961733</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>79296161700026</v>
+        <v>78294740200015</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>210</v>
+        <v>97</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="I72" s="3">
-        <v>53350930635</v>
+        <v>93130005713</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>43</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>43</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>40112310400010</v>
+        <v>78372283800027</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>211</v>
+        <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="G73" s="2" t="s">
         <v>215</v>
       </c>
+      <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I73" s="3">
-        <v>23760492176</v>
+        <v>32590929059</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>79093186900016</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I74" s="3"/>
       <c r="J74" s="2" t="s">
@@ -3874,31 +3872,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 18:15:47</dc:description>
+  <dc:description>Export en date du 03/17/2026 02:45:38</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>