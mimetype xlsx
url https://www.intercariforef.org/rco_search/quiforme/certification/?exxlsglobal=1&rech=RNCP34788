--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -5104,31 +5104,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 21:37:29</dc:description>
+  <dc:description>Export en date du 12/15/2025 22:28:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>