--- v1 (2025-12-15)
+++ v2 (2026-02-24)
@@ -1405,53 +1405,51 @@
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>30540504500298</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>30540504500363</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
@@ -2317,53 +2315,51 @@
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>30540504500900</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>77</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>79</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I34" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>30540504500926</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>80</v>
@@ -3063,53 +3059,51 @@
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>30540504501502</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>116</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I54" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>30540504501510</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
@@ -3213,53 +3207,51 @@
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>30540504501569</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>123</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I58" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>30540504501577</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
@@ -3478,53 +3470,51 @@
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>30540504501676</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>123</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I65" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>30540504501692</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
@@ -5104,31 +5094,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 22:28:39</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:46:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>