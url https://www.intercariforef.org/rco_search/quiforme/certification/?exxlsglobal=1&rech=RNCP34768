--- v0 (2025-12-23)
+++ v1 (2026-02-18)
@@ -55,219 +55,219 @@
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
+    <t>Actif</t>
+  </si>
+  <si>
+    <t>LA COMPAGNIE DE FORMATION</t>
+  </si>
+  <si>
+    <t>PIGIER</t>
+  </si>
+  <si>
+    <t>14 AVENUE GEORGES POMPIDOU 69003 LYON</t>
+  </si>
+  <si>
+    <t>21/10/1996</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>LA CIE DE FORMATION PIGIER</t>
+  </si>
+  <si>
+    <t>15 ET 17 15 RUE DES MAGASINS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>30/12/1996</t>
+  </si>
+  <si>
+    <t>WIN SPORT SCHOOL</t>
+  </si>
+  <si>
+    <t>43 COURS LEOPOLD 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/07/1997</t>
+  </si>
+  <si>
+    <t>PIGIER- MBWAY-IHECF-WIN SPORT SCHOOL</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA CHATTERIE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>LES ATELIERS 11 RUE LOUIS BLERIOT 33130 BEGLES</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>PIGIER/MBWAY</t>
+  </si>
+  <si>
+    <t>LE MILLENAIRE ALLEE JEAN-MARIE TJIBAOU 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>31/12/2014</t>
+  </si>
+  <si>
+    <t>PIGIER - MBWAY - IPAC BACHELOR FACTORY - MY DIGIT</t>
+  </si>
+  <si>
+    <t>38 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>ECOTEC</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE TUNON- TUNON - WIN - CAP VERS</t>
+  </si>
+  <si>
+    <t>BATIMENT F 164 RUE DU FAUBOURG SAINT-HONORE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/05/1986</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>E S G M ECOLE SUP GESTION MANAGEMENT</t>
   </si>
   <si>
     <t>19 ALLEE GLUCK 68200 MULHOUSE</t>
   </si>
   <si>
     <t>03/05/2019</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>BRUNO TRIAY CONSEIL</t>
   </si>
   <si>
     <t>75 RUE JEAN JAURES 59410 ANZIN</t>
   </si>
   <si>
     <t>26/03/2005</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR TOURANGEAU PAR ABREVIATION IST</t>
   </si>
   <si>
     <t>1 AVENUE DU GENERAL NIESSEL 37200 TOURS</t>
   </si>
   <si>
     <t>01/02/2019</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>FORMANIMES</t>
   </si>
   <si>
     <t>79 RUE CHRISTIAN MARTINEZ 30900 NIMES</t>
   </si>
   <si>
     <t>01/08/2016</t>
   </si>
   <si>
     <t>31/03/2024</t>
   </si>
   <si>
-    <t>Actif</t>
+    <t>LE COURS MESSIDORO L.C.M.</t>
+  </si>
+  <si>
+    <t>7 RUE JEANNE JUGAN 13004 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/09/2016</t>
+  </si>
+  <si>
+    <t>31/07/2020</t>
   </si>
   <si>
     <t>BL FORMATION</t>
   </si>
   <si>
     <t>217 AVENUE PIERRE BROSSOLETTE 10000 TROYES</t>
   </si>
   <si>
     <t>20/09/2018</t>
-  </si>
-[...94 lines deleted...]
-    <t>31/07/2020</t>
   </si>
   <si>
     <t>ML FORMATION</t>
   </si>
   <si>
     <t>2 RUE DES PARMENTIERS 57000 METZ</t>
   </si>
   <si>
     <t>01/03/2017</t>
   </si>
   <si>
     <t>20/04/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -684,616 +684,608 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>42050092800031</v>
+        <v>32922456200093</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="E2" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
-        <v>42680123568</v>
+        <v>11755201275</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>42352848800046</v>
+        <v>32922456200184</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D3" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="G3" s="2" t="s">
         <v>23</v>
       </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I3" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I3" s="3">
+        <v>11755201275</v>
+      </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>42975186000033</v>
+        <v>32922456200358</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="2"/>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="F4" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>24370181137</v>
+        <v>11755201275</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>44451794000037</v>
+        <v>32922456200572</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I5" s="3"/>
+      <c r="I5" s="3">
+        <v>11755201275</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78937972400030</v>
+        <v>32922456200606</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D6" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>21100077010</v>
+        <v>11755201275</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>32922456200093</v>
+        <v>32922456200614</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>34</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I7" s="3">
         <v>11755201275</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>32922456200184</v>
+        <v>32922456200630</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I8" s="3">
         <v>11755201275</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>32922456200358</v>
+        <v>33830238300041</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D9" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="2" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="I9" s="3">
-        <v>11755201275</v>
+        <v>11754932575</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>32922456200572</v>
+        <v>42050092800031</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="G10" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="H10" s="2" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>32922456200606</v>
+        <v>42352848800046</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>32922456200614</v>
+        <v>42975186000033</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D12" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="F12" s="2" t="s">
+      <c r="G12" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>32922456200630</v>
+        <v>44451794000037</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="G13" s="2"/>
+        <v>61</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>62</v>
+      </c>
       <c r="H13" s="2" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>33830238300041</v>
+        <v>53900509000029</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G14" s="2"/>
+        <v>65</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>66</v>
+      </c>
       <c r="H14" s="2" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>53900509000029</v>
+        <v>78937972400030</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="G15" s="2" t="s">
         <v>69</v>
       </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I15" s="3">
-        <v>93131428613</v>
+        <v>21100077010</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>82791890500023</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -1317,31 +1309,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/23/2025 14:24:55</dc:description>
+  <dc:description>Export en date du 02/18/2026 06:40:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>