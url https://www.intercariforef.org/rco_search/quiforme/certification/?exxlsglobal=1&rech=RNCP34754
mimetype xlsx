--- v0 (2025-11-03)
+++ v1 (2025-12-30)
@@ -1250,31 +1250,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 06:23:47</dc:description>
+  <dc:description>Export en date du 12/30/2025 22:52:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>