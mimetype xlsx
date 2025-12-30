--- v1 (2025-12-30)
+++ v2 (2025-12-30)
@@ -1250,31 +1250,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/30/2025 22:52:36</dc:description>
+  <dc:description>Export en date du 12/31/2025 00:48:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>