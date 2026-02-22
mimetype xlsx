--- v2 (2025-12-30)
+++ v3 (2026-02-22)
@@ -94,102 +94,102 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DES LANDES</t>
   </si>
   <si>
     <t>CFPPA DES LANDES</t>
   </si>
   <si>
     <t>LEGTA HECTOR SERRES - DAX 2915 ROUTE DES BARTHES 40180 OEYRELUY</t>
   </si>
   <si>
     <t>17/01/1988</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>7240P002640</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>POUR LA REEDUCATION PROF ET SOCIALE</t>
+  </si>
+  <si>
+    <t>ARPS AIDE PAR LE TRAVAIL RUE CHATEAU DE FONTENAILLES 37360 BEAUMONT-LOUESTAULT</t>
+  </si>
+  <si>
+    <t>01/06/1986</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
     <t>SOC FORMATION EMPLOI INSERTION</t>
   </si>
   <si>
     <t>FORMATION EMPLOI INSERTION</t>
   </si>
   <si>
     <t>14 B RUE LOUIS JESSU DIT TI TING 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/01/1998</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>ASSO PLACEMENTS EXTERIEURS SERVICES 24</t>
   </si>
   <si>
     <t>RUE JEAN BOUIN 24660 COULOUNIEIX-CHAMIERS</t>
   </si>
   <si>
     <t>29/08/1997</t>
   </si>
   <si>
     <t>ASSOCIATION FORMATION AVENIR CONSEIL 24</t>
   </si>
   <si>
     <t>26/06/1998</t>
   </si>
   <si>
     <t>UGECAM HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>CTRE LILLOIS DE REEDUCATION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>3 RUE DU DOCTEUR CHARCOT 59000 LILLE</t>
   </si>
   <si>
     <t>01/01/2000</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/06/1986</t>
   </si>
   <si>
     <t>ATELIER D'AMENAGEMENT TOURISTIQUE POUR L'INSERTION</t>
   </si>
   <si>
     <t>525 RUE ANDROPOLIS 97440 SAINT-ANDRE</t>
   </si>
   <si>
     <t>27/11/2017</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
@@ -713,226 +713,226 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>40308835400077</v>
+        <v>30644513100031</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="D4" s="2"/>
+      <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I4" s="3">
-        <v>98970106797</v>
+        <v>24370097937</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>41794191100014</v>
+        <v>40308835400077</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I5" s="3">
-        <v>72240105424</v>
+        <v>98970106797</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41983375100011</v>
+        <v>41794191100014</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>72240090024</v>
+        <v>72240105424</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>42362826200069</v>
+        <v>41983375100011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>31590738359</v>
+        <v>72240090024</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>30644513100031</v>
+        <v>42362826200069</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="I8" s="3">
-        <v>24370097937</v>
+        <v>31590738359</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>80867156400025</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
@@ -1250,31 +1250,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/31/2025 00:48:30</dc:description>
+  <dc:description>Export en date du 02/22/2026 02:50:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>