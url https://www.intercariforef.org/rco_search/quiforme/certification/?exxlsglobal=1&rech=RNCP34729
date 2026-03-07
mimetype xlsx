--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -106,50 +106,65 @@
   <si>
     <t>TELEPORT 1 7 AVENUE DU TOUR DE FRANCE 86360 CHASSENEUIL-DU-POITOU</t>
   </si>
   <si>
     <t>27/09/2010</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
+    <t>ORG DE GEST DE L'ENSEIGNEMT CATHO DU LYCEE LEVAVASSEUR ET DE SON ETABLISSEMENT SECONDAIRE CFA-ECR</t>
+  </si>
+  <si>
+    <t>IMMEUBLE SEQUOIA 6 RUE BOYER DE LA GIRODAY 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/11/2020</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>04973090397</t>
+  </si>
+  <si>
     <t>ASSOC INSTITUTION ST ASPAIS DE MELUN</t>
   </si>
   <si>
     <t>36 RUE SAINT BARTHELEMY 77000 MELUN</t>
   </si>
   <si>
     <t>09/03/1972</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>GROUPE BELMONT</t>
   </si>
   <si>
     <t>MONTFAVET 95 ALLEE CAMILLE CLAUDEL 84000 AVIGNON</t>
   </si>
   <si>
     <t>12/02/2018</t>
   </si>
   <si>
     <t>SUP-FORMATION</t>
   </si>
   <si>
     <t>161 RUE ANDRE BISIAUX 54320 MAXEVILLE</t>
@@ -163,357 +178,342 @@
   <si>
     <t>CFAI DIAFOR</t>
   </si>
   <si>
     <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
   </si>
   <si>
     <t>01/01/1993</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR COMMERCE GESTION</t>
   </si>
   <si>
     <t>ISCG</t>
   </si>
   <si>
     <t>13 RUE DE CITEAUX 75012 PARIS</t>
   </si>
   <si>
     <t>01/09/2002</t>
   </si>
   <si>
+    <t>BP CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DE SAVOIE 57800 FREYMING-MERLEBACH</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
     <t>SULLY BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>52 RUE AUGUSTE BLANQUI 13006 MARSEILLE</t>
   </si>
   <si>
     <t>01/06/1996</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION A L'INFORMATIQUE POUR LE DEVEL DE L'ENTREPRISE ALSACE</t>
   </si>
   <si>
     <t>2 RUE ETTORE BUGATTI 67201 ECKBOLSHEIM</t>
   </si>
   <si>
     <t>01/10/2009</t>
   </si>
   <si>
     <t>FORMAVAR</t>
   </si>
   <si>
     <t>FORMAPLUS</t>
   </si>
   <si>
     <t>LE ROCK BLEU ZAC DES GARIL RUE DE LA MAGNANERIE 83520 ROQUEBRUNE-SUR-ARGENS</t>
   </si>
   <si>
     <t>01/06/2005</t>
   </si>
   <si>
     <t>515 AVENUE PABLO PICASSO 83160 LA VALETTE-DU-VAR</t>
   </si>
   <si>
     <t>10/09/2015</t>
   </si>
   <si>
+    <t>DIJON FORMATION</t>
+  </si>
+  <si>
+    <t>7 BOULEVARD DE L'EUROPE 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>01/08/2002</t>
+  </si>
+  <si>
+    <t>ASS TOURQUENNOISE DE GESTION DE L'EIC</t>
+  </si>
+  <si>
+    <t>27 RUE DU DRAGON 59200 TOURCOING</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>NEXT FORMATION</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE PARIS 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>02/01/2012</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE CORBUSIER 19 AVENUE LE CORBUSIER 59800 LILLE</t>
+  </si>
+  <si>
+    <t>04/09/2023</t>
+  </si>
+  <si>
+    <t>AFPI ACM FORMATION</t>
+  </si>
+  <si>
+    <t>89 RUE PECLET 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>LE BLANC PIGNON 62280 SAINT-MARTIN-BOULOGNE</t>
+  </si>
+  <si>
+    <t>15/06/2007</t>
+  </si>
+  <si>
+    <t>4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>FORMASO</t>
+  </si>
+  <si>
+    <t>1 RUE MAURICE EDGAR COINDREAU 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>20/06/2003</t>
+  </si>
+  <si>
+    <t>40 RUE RENE GOSCINNY 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>15/07/2024</t>
+  </si>
+  <si>
+    <t>GROUPE SOMEFORM</t>
+  </si>
+  <si>
+    <t>ZAC DE LA FRESCOULE BAT 1 AVENUE JEAN MONNET 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>01/08/2010</t>
+  </si>
+  <si>
+    <t>EUROFORMATION SUD</t>
+  </si>
+  <si>
+    <t>BATIMENT A 150 RUE NICOLAS-LOUIS VAUQUELIN 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/10/2013</t>
+  </si>
+  <si>
+    <t>STK</t>
+  </si>
+  <si>
+    <t>6 RUE DU RHONE 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>ZAE HEIDEN EST 25 RUE DES PAYS-BAS 68310 WITTELSHEIM</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA FORET 68040 INGERSHEIM</t>
+  </si>
+  <si>
+    <t>17/02/2022</t>
+  </si>
+  <si>
+    <t>ECOLE INTERNATIONALE DE MANAGEMENT DE PARIS EIMP</t>
+  </si>
+  <si>
+    <t>28/01/2021</t>
+  </si>
+  <si>
+    <t>A ZOT FORMATION</t>
+  </si>
+  <si>
+    <t>39 RUE MARIUS ET ARY LEBLOND 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>FDM GROUPE</t>
+  </si>
+  <si>
+    <t>14 ALLEE CAMILLE DESMOULINS 13500 MARTIGUES</t>
+  </si>
+  <si>
+    <t>11/09/2008</t>
+  </si>
+  <si>
     <t>M2S FORMATION</t>
   </si>
   <si>
     <t>BAT LE MARCONI-TECHNOPARC GRIFFON 23 ALLEE ALBERT EINSTEIN 13127 VITROLLES</t>
   </si>
   <si>
     <t>01/06/2021</t>
   </si>
   <si>
     <t>SYNERJ-EMPLOI</t>
   </si>
   <si>
     <t>87 RUE D'AVRON 75020 PARIS</t>
   </si>
   <si>
     <t>17/02/2010</t>
   </si>
   <si>
     <t>EMINEO MANAGEMENT</t>
   </si>
   <si>
     <t>ISME-LA ROCHELLE</t>
   </si>
   <si>
     <t>2 RUE JOSEPH CUGNOT 17180 PERIGNY</t>
   </si>
   <si>
     <t>03/07/2021</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ISME - VANNES</t>
   </si>
   <si>
     <t>14 RUE ANITA CONTI 56000 VANNES</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>ISME POITIERS</t>
   </si>
   <si>
     <t>23 AVENUE DES TEMPS MODERNES 86360 CHASSENEUIL-DU-POITOU</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>1 RUE CHRISTIAN PAUC 44300 NANTES</t>
   </si>
   <si>
     <t>13/09/2023</t>
   </si>
   <si>
     <t>89 QUAI DES CHARTRONS 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
     <t>BATIMENT LES VIGNES - LES SAUGES LE BAS PALLUAU 72650 LA CHAPELLE SAINT AUBIN</t>
   </si>
   <si>
     <t>17 RUE DU BIGNON 35000 RENNES</t>
   </si>
   <si>
     <t>P2M</t>
   </si>
   <si>
     <t>TOTEM FORMATION</t>
   </si>
   <si>
     <t>ZAC CHENE MORAND 296 ANNEAU DE LA GREE 35510 CESSON-SEVIGNE</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
-    <t>GROUPE SOMEFORM</t>
-[...76 lines deleted...]
-  <si>
     <t>CARREL FORMATION CONTINUE</t>
   </si>
   <si>
     <t>119 RUE BOILEAU 69006 LYON</t>
   </si>
   <si>
     <t>30/05/2012</t>
   </si>
   <si>
     <t>ASSOCIATION SCOLAIRE DE LA SALLE</t>
   </si>
   <si>
     <t>2 RUE SAINT-MAXIMIN 57070 METZ</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>ORGANIS GESTION LPEP ST REMI</t>
   </si>
   <si>
     <t>4 RUE DES SERGENTS 80000 AMIENS</t>
   </si>
   <si>
     <t>CIPECMA</t>
   </si>
   <si>
     <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
-  </si>
-[...82 lines deleted...]
-    <t>01/08/2002</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ECOLE DE COMMERCE - BSF</t>
   </si>
   <si>
     <t>51 T RUE DE ST CYR 69009 LYON 9EME</t>
   </si>
   <si>
     <t>24/09/2018</t>
   </si>
   <si>
     <t>26/06/2025</t>
   </si>
   <si>
     <t>LES FORMATIONS DU MARAIS</t>
   </si>
   <si>
     <t>15 RUE DES OISEAUX 79460 MAGNE</t>
   </si>
   <si>
     <t>01/05/2018</t>
   </si>
@@ -1171,1677 +1171,1675 @@
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>35319145500016</v>
+        <v>31566803800047</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I5" s="3">
-        <v>11770089277</v>
+      <c r="I5" s="3" t="s">
+        <v>34</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>37835655400030</v>
+        <v>35319145500016</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="I6" s="3">
-        <v>93840077184</v>
+        <v>11770089277</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>37958854400047</v>
+        <v>37835655400030</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="I7" s="3">
-        <v>41570074657</v>
+        <v>93840077184</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>39048242000028</v>
+        <v>37958854400047</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I8" s="3">
-        <v>53220855422</v>
+        <v>41570074657</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>39156249300034</v>
+        <v>39048242000028</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D9" s="2" t="s">
         <v>46</v>
       </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I9" s="3">
-        <v>11754123675</v>
+        <v>53220855422</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>40856011800015</v>
+        <v>39156249300034</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>50</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>51</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>93130718113</v>
+        <v>11754123675</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41809994100035</v>
+        <v>48468982300033</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>42670258267</v>
+        <v>41570246157</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41895538100045</v>
+        <v>40856011800015</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>93830251083</v>
+        <v>93130718113</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>41895538100052</v>
+        <v>41809994100035</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="3">
-        <v>93830251083</v>
+        <v>42670258267</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>51781333300047</v>
+        <v>41895538100045</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>63</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="3">
-        <v>93131353213</v>
+        <v>93830251083</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>52115210800010</v>
+        <v>41895538100052</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="3">
-        <v>11754581975</v>
+        <v>93830251083</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>52919549700035</v>
+        <v>42387070800025</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="I16" s="3">
-        <v>52440616044</v>
+        <v>26210170621</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>52919549700043</v>
+        <v>42906702800010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D17" s="2" t="s">
         <v>72</v>
       </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="I17" s="3">
-        <v>52440616044</v>
+        <v>31590816259</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>52919549700050</v>
+        <v>44158313500047</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D18" s="2" t="s">
         <v>75</v>
       </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="I18" s="3">
-        <v>52440616044</v>
+        <v>11753663175</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>52919549700068</v>
+        <v>44158313500070</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>52440616044</v>
+        <v>11753663175</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>52919549700076</v>
+        <v>44531243200021</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3">
-        <v>52440616044</v>
+        <v>31590578459</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>52919549700084</v>
+        <v>44531243200104</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="I21" s="3">
-        <v>52440616044</v>
+        <v>31590578459</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>52919549700092</v>
+        <v>44531243200120</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>52440616044</v>
+        <v>31590578459</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>52942598500049</v>
+        <v>44531243200138</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="3">
-        <v>53350892835</v>
+        <v>31590578459</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>47883804800054</v>
+        <v>44904121900014</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I24" s="3">
-        <v>93131160113</v>
+        <v>52850112885</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>48415420800074</v>
+        <v>44904121900048</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I25" s="3">
-        <v>73310456331</v>
+        <v>52850112885</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>48468982300033</v>
+        <v>47883804800054</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>41570246157</v>
+        <v>93131160113</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>48953429700069</v>
+        <v>48415420800074</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="3">
-        <v>42680169768</v>
+        <v>73310456331</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>48953429700077</v>
+        <v>48953429700069</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="I28" s="3">
         <v>42680169768</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>48953429700085</v>
+        <v>48953429700077</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="I29" s="3">
         <v>42680169768</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>49386208000063</v>
+        <v>48953429700085</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="I30" s="3">
-        <v>11930560493</v>
+        <v>42680169768</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>50205976900054</v>
+        <v>49386208000063</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I31" s="3">
-        <v>98970323297</v>
+        <v>11930560493</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>50801210100012</v>
+        <v>50205976900054</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="3">
-        <v>93131352813</v>
+        <v>98970323297</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>53443638100022</v>
+        <v>50801210100012</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="3">
-        <v>82691217269</v>
+        <v>93131352813</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>78000231700011</v>
+        <v>51781333300047</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="D34" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="I34" s="3">
-        <v>41570284057</v>
+        <v>93131353213</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>78060980600010</v>
+        <v>52115210800010</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I35" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I35" s="3">
+        <v>11754581975</v>
+      </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>78128367600018</v>
+        <v>52919549700035</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D36" s="2"/>
+      <c r="D36" s="2" t="s">
+        <v>123</v>
+      </c>
       <c r="E36" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I36" s="3">
-        <v>54170000117</v>
+        <v>52440616044</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>42906702800010</v>
+        <v>52919549700043</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>122</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>126</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I37" s="3">
-        <v>31590816259</v>
+        <v>52440616044</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>44158313500047</v>
+        <v>52919549700050</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>122</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>129</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>106</v>
+        <v>130</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I38" s="3">
-        <v>11753663175</v>
+        <v>52440616044</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>44158313500070</v>
+        <v>52919549700068</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>11753663175</v>
+        <v>52440616044</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>44531243200021</v>
+        <v>52919549700076</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I40" s="3">
-        <v>31590578459</v>
+        <v>52440616044</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>44531243200104</v>
+        <v>52919549700084</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I41" s="3">
-        <v>31590578459</v>
+        <v>52440616044</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>44531243200120</v>
+        <v>52919549700092</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I42" s="3">
-        <v>31590578459</v>
+        <v>52440616044</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>44531243200138</v>
+        <v>52942598500049</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="D43" s="2"/>
+        <v>138</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>139</v>
+      </c>
       <c r="E43" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>31590578459</v>
+        <v>53350892835</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>44904121900014</v>
+        <v>53443638100022</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="I44" s="3">
-        <v>52850112885</v>
+        <v>82691217269</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>44904121900048</v>
+        <v>78000231700011</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>145</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>145</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="I45" s="3">
-        <v>52850112885</v>
+        <v>41570284057</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>31566803800047</v>
+        <v>78060980600010</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>42387070800025</v>
+        <v>78128367600018</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="I47" s="3">
-        <v>26210170621</v>
+        <v>54170000117</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>79336778000046</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>156</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I48" s="3"/>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>81742674500029</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
@@ -2867,125 +2865,125 @@
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>81793179300035</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I50" s="3">
         <v>93131759613</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>82127505400038</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>165</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I51" s="3">
         <v>44570366157</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>82958986000032</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>166</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>167</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>168</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I52" s="3">
         <v>28760565676</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>84005616200026</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
@@ -3095,55 +3093,53 @@
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>87784553700019</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>180</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>183</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>89159011900030</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
@@ -3317,31 +3313,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/20/2026 13:48:49</dc:description>
+  <dc:description>Export en date du 03/07/2026 16:07:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>