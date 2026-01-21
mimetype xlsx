--- v0 (2025-11-22)
+++ v1 (2026-01-21)
@@ -100,75 +100,75 @@
   <si>
     <t>INSTITUT SUPERIEUR TECHNIQUE PRIVE...</t>
   </si>
   <si>
     <t>24 RUE DE L'INDUSTRIE 31000 TOULOUSE</t>
   </si>
   <si>
     <t>01/01/2002</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>ECORIS</t>
   </si>
   <si>
     <t>574 RUE DE CHANTABORD 73000 CHAMBERY</t>
   </si>
   <si>
     <t>01/09/2009</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>1 RUE GIMELLI 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>02/03/2009</t>
+  </si>
+  <si>
+    <t>58.14Z</t>
+  </si>
+  <si>
     <t>RHADAMANTE</t>
   </si>
   <si>
     <t>32 RUE DU CHENE GERMAIN 35510 CESSON-SEVIGNE</t>
   </si>
   <si>
     <t>01/07/2010</t>
   </si>
   <si>
     <t>01/12/2024</t>
-  </si>
-[...13 lines deleted...]
-    <t>58.14Z</t>
   </si>
   <si>
     <t>INSERTIS BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>BGE INDRE 2 B RUE DESCARTES 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>30/03/2018</t>
   </si>
   <si>
     <t>05/09/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -696,112 +696,112 @@
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
         <v>82730087573</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>43207084500057</v>
+        <v>48908897100010</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>53350670135</v>
+        <v>93830380583</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>48908897100010</v>
+        <v>43207084500057</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>93830380583</v>
+        <v>53350670135</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>83894531900013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
@@ -865,31 +865,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/22/2025 06:23:00</dc:description>
+  <dc:description>Export en date du 01/21/2026 12:14:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>