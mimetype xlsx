--- v1 (2026-01-21)
+++ v2 (2026-03-17)
@@ -717,131 +717,125 @@
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>48908897100010</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>43207084500057</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>83894531900013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -865,31 +859,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/21/2026 12:14:55</dc:description>
+  <dc:description>Export en date du 03/17/2026 04:01:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>