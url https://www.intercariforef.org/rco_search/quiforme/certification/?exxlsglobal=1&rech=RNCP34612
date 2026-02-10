--- v0 (2025-12-10)
+++ v1 (2026-02-10)
@@ -184,50 +184,134 @@
   <si>
     <t>320 BOULEVARD DU HUIT MAI 62100 CALAIS</t>
   </si>
   <si>
     <t>11/04/1989</t>
   </si>
   <si>
     <t>3162P000862</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PHILIPPE DE GIRARD</t>
   </si>
   <si>
     <t>GRETA-CFA VAUCLUSE</t>
   </si>
   <si>
     <t>138 AVENUE DE TARASCON 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/01/1987</t>
   </si>
   <si>
     <t>9384P000684</t>
   </si>
   <si>
+    <t>CFAI REGION NORD PAS-DE-CALAIS</t>
+  </si>
+  <si>
+    <t>LE BLANC PIGNON - ZAC LE MONT DE JOIE 62280 SAINT-MARTIN-BOULOGNE</t>
+  </si>
+  <si>
+    <t>01/08/2008</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>ASS PROMOTION APPRENTISSAGE INDUSTRIES</t>
+  </si>
+  <si>
+    <t>ZAC AFTALION - CS 90028 14 RUE FRANCOIS PERROUX 34670 BAILLARGUES</t>
+  </si>
+  <si>
+    <t>14/01/2013</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>CFAI-APC LORRAINE</t>
+  </si>
+  <si>
+    <t>SITE TECHNOLOGIQUE ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>26/08/1996</t>
+  </si>
+  <si>
+    <t>ASS DEVELOP APPRENTIS INDUST AQUITAIN</t>
+  </si>
+  <si>
+    <t>MAISON DE LA METALLURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>26/12/1988</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CFAI ALSACE</t>
+  </si>
+  <si>
+    <t>31 RUE FRANCOIS SPOERRY 68100 MULHOUSE</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>CFAI DIAFOR</t>
+  </si>
+  <si>
+    <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>ZAC DE LA CARDONNIERE 12 RUE DE LA CARDONNIERE 56100 LORIENT</t>
+  </si>
+  <si>
     <t>CFAI DE CHAMPAGNE ARDENNE</t>
   </si>
   <si>
     <t>3 RUE MAX HOLSTE 51100 REIMS</t>
   </si>
   <si>
     <t>28/06/2013</t>
   </si>
   <si>
     <t>INSTITUT DE SOUDURE INDUSTRIE</t>
   </si>
   <si>
     <t>ZI DE PETITE SYNTHE AVENUE DE LA GIRONDE 59640 DUNKERQUE</t>
   </si>
   <si>
     <t>30/12/1998</t>
   </si>
   <si>
     <t>363 RUE DE LA FOSSE YVON 50440 LA HAGUE</t>
   </si>
   <si>
     <t>01/02/2010</t>
   </si>
   <si>
     <t>71.20B</t>
@@ -274,240 +358,156 @@
   <si>
     <t>4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
   </si>
   <si>
     <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>ALLIANCE FORMATION POUR L'INDUSTRIE</t>
   </si>
   <si>
     <t>01/07/2013</t>
   </si>
   <si>
     <t>FORMATEC CARAIBES</t>
   </si>
   <si>
     <t>ZI DE JARRY 8 RUE NOBEL 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>06/12/2013</t>
   </si>
   <si>
+    <t>AFPMA FORMATION</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES TYRANDES 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
     <t>FORMA-PROTEC</t>
   </si>
   <si>
     <t>1 ROUTE DE VENDEVILLE 59175 TEMPLEMARS</t>
   </si>
   <si>
     <t>01/09/2021</t>
   </si>
   <si>
-    <t>85.59B</t>
+    <t>T.S.R. FORMATION</t>
+  </si>
+  <si>
+    <t>36 PARC D’ACTIVITES DE DOUZIES 59600 MAUBEUGE</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION APPRENTIS COMP DU DEVOIR</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD COPERNIC 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION APPRENTIS 1875K</t>
+  </si>
+  <si>
+    <t>RUE RAOUL FOLLEREAU 42350 LA TALAUDIERE</t>
+  </si>
+  <si>
+    <t>05/11/1980</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>5 RUE HYACINTHE DUBREUIL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>01/04/1981</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>53 AVENUE SIDOINE APOLLINAIRE 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN MAZEN 21000 DIJON</t>
+  </si>
+  <si>
+    <t>15/12/2007</t>
+  </si>
+  <si>
+    <t>AFPI EURE SEINE ESTUAIRE</t>
+  </si>
+  <si>
+    <t>115 RUE DESRAME 76620 LE HAVRE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE-LORRAINE</t>
+  </si>
+  <si>
+    <t>SITE TECHNO. ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>01/10/1996</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY RUE DE ROME 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
   </si>
   <si>
     <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
   </si>
   <si>
     <t>21 RUE PELLART 59100 ROUBAIX</t>
   </si>
   <si>
     <t>85.31Z</t>
-  </si>
-[...169 lines deleted...]
-    <t>94.99Z</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT PAUL</t>
   </si>
   <si>
     <t>PLATEAU CAILLOU 130 RUE GABRIEL GUISTHAU 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
@@ -1371,1380 +1371,1380 @@
       <c r="F9" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>40120610700062</v>
+        <v>30048880600104</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>44510203351</v>
+        <v>32591068459</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41472896400225</v>
+        <v>30048880600146</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>11930222993</v>
+        <v>32591068459</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41472896400464</v>
+        <v>39279259400039</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I12" s="3">
-        <v>11930222993</v>
+        <v>91340825234</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>41472896400498</v>
+        <v>30824995200083</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="I13" s="3">
-        <v>11930222993</v>
+        <v>53350007835</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>41472896400514</v>
+        <v>34958609900021</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>11930222993</v>
+        <v>44540379354</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>41472896400522</v>
+        <v>35109084000015</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="I15" s="3">
-        <v>11930222993</v>
+        <v>75331179633</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>41472896400548</v>
+        <v>38855948600070</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="I16" s="3">
-        <v>11930222993</v>
+        <v>42680205768</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>44531243200021</v>
+        <v>39048242000028</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I17" s="3">
-        <v>31590578459</v>
+        <v>53220855422</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>44531243200112</v>
+        <v>39048242000044</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>31590578459</v>
+        <v>53220855422</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>44531243200120</v>
+        <v>39048242000051</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>31590578459</v>
+        <v>53220855422</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>44531243200138</v>
+        <v>40120610700062</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I20" s="3">
-        <v>31590578459</v>
+        <v>44510203351</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>44535705600032</v>
+        <v>41472896400225</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>57</v>
+        <v>88</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I21" s="3">
-        <v>21080033508</v>
+        <v>11930222993</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>44892442300024</v>
+        <v>41472896400464</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="I22" s="3">
-        <v>95970119197</v>
+        <v>11930222993</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>53143388600060</v>
+        <v>41472896400498</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="I23" s="3">
-        <v>31590761559</v>
+        <v>11930222993</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>80443252400010</v>
+        <v>41472896400514</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>92</v>
       </c>
       <c r="I24" s="3">
-        <v>31590878459</v>
+        <v>11930222993</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>30048880600104</v>
+        <v>41472896400522</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="I25" s="3">
-        <v>32591068459</v>
+        <v>11930222993</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>30048880600146</v>
+        <v>41472896400548</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="I26" s="3">
-        <v>32591068459</v>
+        <v>11930222993</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>30824995200083</v>
+        <v>44531243200021</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="3">
-        <v>53350007835</v>
+        <v>31590578459</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>78106280700016</v>
+        <v>44531243200112</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I28" s="3">
-        <v>23760001576</v>
+        <v>31590578459</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>78334259500049</v>
+        <v>44531243200120</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="I29" s="3">
-        <v>41540002154</v>
+        <v>31590578459</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78360423400055</v>
+        <v>44531243200138</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I30" s="3">
-        <v>31590005759</v>
+        <v>31590578459</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>75202975100050</v>
+        <v>44535705600032</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I31" s="3">
-        <v>31590802159</v>
+        <v>21080033508</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>77566202600019</v>
+        <v>44892442300024</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I32" s="3">
-        <v>11750079275</v>
+        <v>95970119197</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>77566202600092</v>
+        <v>51490360800016</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D33" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I33" s="3">
-        <v>11750079275</v>
+        <v>82010121101</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>77566202600506</v>
+        <v>53143388600060</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D34" s="2" t="s">
         <v>117</v>
       </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="I34" s="3">
-        <v>11750079275</v>
+        <v>31590761559</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77566202600555</v>
+        <v>75202975100050</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D35" s="2" t="s">
         <v>120</v>
       </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I35" s="3">
-        <v>11750079275</v>
+        <v>31590802159</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>77566202600910</v>
+        <v>77566202600019</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D36" s="2" t="s">
         <v>123</v>
       </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I36" s="3">
         <v>11750079275</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>77566202601074</v>
+        <v>77566202600092</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>123</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>126</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I37" s="3">
         <v>11750079275</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>51490360800016</v>
+        <v>77566202600506</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D38" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I38" s="3">
-        <v>82010121101</v>
+        <v>11750079275</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>34958609900021</v>
+        <v>77566202600555</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D39" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I39" s="3">
-        <v>44540379354</v>
+        <v>11750079275</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>35109084000015</v>
+        <v>77566202600910</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D40" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="I40" s="3">
-        <v>75331179633</v>
+        <v>11750079275</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>38855948600070</v>
+        <v>77566202601074</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I41" s="3">
-        <v>42680205768</v>
+        <v>11750079275</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>39048242000028</v>
+        <v>78106280700016</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>142</v>
+        <v>125</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I42" s="3">
-        <v>53220855422</v>
+        <v>23760001576</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>39048242000044</v>
+        <v>78334259500049</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="I43" s="3">
-        <v>53220855422</v>
+        <v>41540002154</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>39048242000051</v>
+        <v>78360423400055</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I44" s="3">
-        <v>53220855422</v>
+        <v>31590005759</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>39279259400039</v>
+        <v>80443252400010</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>148</v>
+        <v>33</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>149</v>
       </c>
       <c r="I45" s="3">
-        <v>91340825234</v>
+        <v>31590878459</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>81229926100030</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>151</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F46" s="2" t="s">
@@ -4097,31 +4097,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/10/2025 04:53:25</dc:description>
+  <dc:description>Export en date du 02/10/2026 08:14:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>