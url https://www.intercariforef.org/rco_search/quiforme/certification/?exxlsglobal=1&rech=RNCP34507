--- v0 (2025-11-05)
+++ v1 (2026-02-14)
@@ -118,53 +118,50 @@
   <si>
     <t>299 BOULEVARD DE LEEDS 59777 LILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>GIP FORMATION ET CERTIFICATION POUR L'INSERTION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>75 RUE SAINT ROCH 31400 TOULOUSE</t>
   </si>
   <si>
     <t>25/02/2015</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
-    <t>7331P006331</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT DE FORMATION AUX CARRIERES ADMINISTRATIVES SANITAIRES ET SOCIALES</t>
   </si>
   <si>
     <t>119 AVENUE DES CANADIENS 76200 DIEPPE</t>
   </si>
   <si>
     <t>04/09/1997</t>
   </si>
   <si>
     <t>2376P007276</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE CONDORCET</t>
   </si>
   <si>
     <t>GRETA AISNE</t>
   </si>
   <si>
     <t>ESPACE SCOLAIRE 17 RUE HENRI HERTZ 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>2202P000402</t>
@@ -178,51 +175,51 @@
   <si>
     <t>PL DE VERDUN 05000 GAP</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>9305P000605</t>
   </si>
   <si>
     <t>LYCEE TECHNIQUE REGIONAL LES EUCALYPTUS</t>
   </si>
   <si>
     <t>GRETA COTE D'AZUR</t>
   </si>
   <si>
     <t>7 AVENUE DES EUCALYPTUS 06200 NICE</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
     <t>9306P002706</t>
   </si>
   <si>
-    <t>LPO LYCEE DES METIERS FRANCOIS BAZIN</t>
+    <t>LYCEE POLYVALENT FRANCOIS BAZIN- LYCEE DES METIERS DU TERTIAIRE, DE L'ENERGIE ET DES PROCEDES INDUSTRIELS</t>
   </si>
   <si>
     <t>GRETA DES ARDENNES</t>
   </si>
   <si>
     <t>145 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>2108P000408</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CHAPTAL</t>
   </si>
   <si>
     <t>GRETA-CFA DES COTES D'ARMOR</t>
   </si>
   <si>
     <t>6 ALLEE CHAPTAL 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
     <t>5335P001022</t>
   </si>
@@ -490,50 +487,122 @@
   <si>
     <t>2689P000389</t>
   </si>
   <si>
     <t>GUADELOUPE FORMATION</t>
   </si>
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
   </si>
   <si>
     <t>GRETA DU VAL D OISE</t>
   </si>
   <si>
     <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
   </si>
   <si>
+    <t>IRFA FORMATION</t>
+  </si>
+  <si>
+    <t>CTIS 2 AVENUE DE CAMBRIDGE 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>01/10/2007</t>
+  </si>
+  <si>
+    <t>CECYS CENTR ENSEIG CYNOPHILE</t>
+  </si>
+  <si>
+    <t>CECYS</t>
+  </si>
+  <si>
+    <t>102 A 110 102 AVENUE MARCEAU 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>PROMAT FORMATION</t>
+  </si>
+  <si>
+    <t>68 BOULEVARD JULES DURAND 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/04/1994</t>
+  </si>
+  <si>
+    <t>INSTITUT BRETON D'EDUCATION PERMANENTE</t>
+  </si>
+  <si>
+    <t>ZI DU PRAT 30 RUE DU GENERAL BARON FABRE 56000 VANNES</t>
+  </si>
+  <si>
+    <t>15/07/2015</t>
+  </si>
+  <si>
+    <t>41 RUE CHARLES ET PAUL GENIAUX 35000 RENNES</t>
+  </si>
+  <si>
+    <t>26/08/2021</t>
+  </si>
+  <si>
+    <t>EDUCATION ET FORMATION</t>
+  </si>
+  <si>
+    <t>13 BOULEVARD DE VERDUN 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE DU MESNIL AVENUE DE PORT-JEROME 76170 LILLEBONNE</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>ASSOCIATION ENVERGURE</t>
+  </si>
+  <si>
+    <t>7 RUE NICOLAS ROBERT 93600 AULNAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>01/04/2004</t>
+  </si>
+  <si>
+    <t>9 RUE DE L’ESCOUVRIER 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
     <t>ALLIANCE</t>
   </si>
   <si>
     <t>119 RUE DES 40 MINES 60000 ALLONNE</t>
   </si>
   <si>
     <t>01/07/2023</t>
   </si>
   <si>
     <t>FREE COMPETENCES</t>
   </si>
   <si>
     <t>128 ALL DES CHAMPS ELYSEES 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/04/1996</t>
   </si>
   <si>
     <t>100 AVENUE DE STALINGRAD 94800 VILLEJUIF</t>
   </si>
   <si>
     <t>01/05/2010</t>
   </si>
   <si>
     <t>IMMEUBLE CENTRALE GARE - BAT C 1 PLACE CHARLES DE GAULLE 78180 MONTIGNY-LE-BRETONNEUX</t>
@@ -583,116 +652,377 @@
   <si>
     <t>01/10/1992</t>
   </si>
   <si>
     <t>06970000597</t>
   </si>
   <si>
     <t>ACTE 1</t>
   </si>
   <si>
     <t>ZI 335 RUE DE LA JUSTICE 77000 VAUX-LE-PENIL</t>
   </si>
   <si>
     <t>01/02/1993</t>
   </si>
   <si>
     <t>INSTIT REGIONAL FORMAT METIERS SECURITE</t>
   </si>
   <si>
     <t>ZI DE JARRY 24 RUE HENRI BECQUEREL-JARRY 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/01/2005</t>
   </si>
   <si>
+    <t>SI-FIPS</t>
+  </si>
+  <si>
+    <t>14 VILLA DE LOURCINE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>15/05/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>IRSEC ACADEMY</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE TRIDENT LOTISSEMENT MONTGERALD 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>02/01/2020</t>
+  </si>
+  <si>
+    <t>02973247397</t>
+  </si>
+  <si>
+    <t>SYGMA FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE FRANCE ENTREE C 9 RUE MONTGOLFIER 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/02/2007</t>
+  </si>
+  <si>
+    <t>DEMARCHE CITOYENNE LA DIVERSITE S'AMUSE</t>
+  </si>
+  <si>
+    <t>16 RUE DES GLYCINES 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>11/02/2013</t>
+  </si>
+  <si>
+    <t>ADAPECO</t>
+  </si>
+  <si>
+    <t>ZAC DU 14 JUILLET RUE PIERRE ET MARIE CURIE 62223 SAINT-LAURENT-BLANGY</t>
+  </si>
+  <si>
+    <t>23/12/2014</t>
+  </si>
+  <si>
+    <t>B ET C FORMATION</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE LES VALLEES 45770 SARAN</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>ZI MALIRORNE 115 RUE AMEDEE BOLLEE 18230 SAINT-DOULCHARD</t>
+  </si>
+  <si>
+    <t>04/01/2019</t>
+  </si>
+  <si>
+    <t>36 AVENUE D'ARGENTON 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>34 ROUTE DE BORDEAUX 37170 CHAMBRAY-LES-TOURS</t>
+  </si>
+  <si>
+    <t>20/07/2020</t>
+  </si>
+  <si>
+    <t>84 AVENUE DE CHATEAUDUN 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>IRSEC ACADEMY GUADELOUPE</t>
+  </si>
+  <si>
+    <t>ANGLE R FULTON-ZI JARRY RUE NOBEL 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>01973466797</t>
+  </si>
+  <si>
+    <t>A&amp;K CONSEILS ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD DE LA MUETTE 95140 GARGES-LES-GONESSE</t>
+  </si>
+  <si>
+    <t>17/05/2021</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION A LA SECURITE - LILLE</t>
+  </si>
+  <si>
+    <t>114-116 114 RUE DU MOLINEL (LILLE) 59800 LILLE</t>
+  </si>
+  <si>
+    <t>02/09/2019</t>
+  </si>
+  <si>
     <t>ASSOCIATION E F I C A S</t>
   </si>
   <si>
     <t>MAS GUERIDO 6 RUE MICHEL CARRE 66330 CABESTANY</t>
   </si>
   <si>
     <t>25/11/1994</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>ACTION PLURIEL FORMATION</t>
   </si>
   <si>
     <t>4 RUE CLAUDE MONET 95140 GARGES-LES-GONESSE</t>
   </si>
   <si>
     <t>16/04/2022</t>
   </si>
   <si>
+    <t>ABSKILL II</t>
+  </si>
+  <si>
+    <t>ABSKILL</t>
+  </si>
+  <si>
+    <t>AVENUE DU CANTIPOU 76700 HARFLEUR</t>
+  </si>
+  <si>
+    <t>03/07/2023</t>
+  </si>
+  <si>
+    <t>ASS FORMATION AUX METIERS DE L'AERIEN</t>
+  </si>
+  <si>
+    <t>BATIMENT 385 CHEMIN DE LA PISTE 95500 BONNEUIL-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>AMPHIA CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DU BOIS SAUVAGE 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>04/02/2019</t>
+  </si>
+  <si>
+    <t>LE DOMAINE CANIN</t>
+  </si>
+  <si>
+    <t>FOURRIERE DE L'ALLIANCE</t>
+  </si>
+  <si>
+    <t>ZONE NORD AEROPORT POLE CARAIBE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>20/10/2000</t>
+  </si>
+  <si>
+    <t>01.49Z</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>CS 10399 10 RUE DIEUDONNE COSTES 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>SAS AFEC</t>
+  </si>
+  <si>
+    <t>1 AVENUE DES BEGUINES 95800 CERGY</t>
+  </si>
+  <si>
+    <t>BLUE CONCEPT</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES ECUREUILS 69380 LISSIEU</t>
+  </si>
+  <si>
+    <t>01/04/2005</t>
+  </si>
+  <si>
+    <t>BATIMENT DE HAUTE TECHNOLOGIE NUMERO 8 2 B AVENUE DES COQUELICOTS 94380 BONNEUIL-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/10/2016</t>
+  </si>
+  <si>
+    <t>16 RUE MARCEL DUTARTRE 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>15/11/2016</t>
+  </si>
+  <si>
+    <t>ACTISS FORMATION</t>
+  </si>
+  <si>
+    <t>1 AVENUE CHANZY 88600 BRUYERES</t>
+  </si>
+  <si>
+    <t>01/08/2003</t>
+  </si>
+  <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>18/09/2007</t>
+  </si>
+  <si>
+    <t>FOUR A CHAUX IM GREMEAU 1 ZA DU MANHITY 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>01/11/2015</t>
+  </si>
+  <si>
+    <t>CC LE GRAND BEAUREGARD 950 AVENUE GASTON MONNERVILLE 97354 REMIRE-MONTJOLY</t>
+  </si>
+  <si>
+    <t>29/02/2016</t>
+  </si>
+  <si>
+    <t>IESC FORMATION</t>
+  </si>
+  <si>
+    <t>35 B RUE GEORGES WODLI 57300 HAGONDANGE</t>
+  </si>
+  <si>
+    <t>01/03/2004</t>
+  </si>
+  <si>
+    <t>CHEZ BAUDOIN BERTRAND FORMATION RUE DE LA VIOLETTE 51300 MAROLLES</t>
+  </si>
+  <si>
+    <t>01/10/2010</t>
+  </si>
+  <si>
+    <t>21 RUE DE CHERBOURG 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>12 RUE DU ZORNHOFF 67700 SAVERNE</t>
+  </si>
+  <si>
+    <t>05/05/2021</t>
+  </si>
+  <si>
+    <t>RESSOURCES FORMATION</t>
+  </si>
+  <si>
+    <t>147-149 147 RUE BELLIARD 75018 PARIS</t>
+  </si>
+  <si>
+    <t>18/02/2016</t>
+  </si>
+  <si>
     <t>SOLARIS DEVELOPPEMENT</t>
   </si>
   <si>
     <t>6 RUE PAUL ELUARD 26800 PORTES-LES-VALENCE</t>
   </si>
   <si>
     <t>PROSFORMA</t>
   </si>
   <si>
     <t>82 ROUTE DE BAYONNE 31300 TOULOUSE</t>
   </si>
   <si>
     <t>11/07/2016</t>
   </si>
   <si>
     <t>SOTEL FORMATION</t>
   </si>
   <si>
     <t>3 CABANIS 31240 L UNION</t>
   </si>
   <si>
     <t>01/09/2005</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>RISK PARTNERS</t>
   </si>
   <si>
     <t>8 RUE DU PUECH RADIER 34970 LATTES</t>
   </si>
   <si>
     <t>20/03/2017</t>
   </si>
   <si>
     <t>ISCG ENTREPRISE</t>
   </si>
   <si>
     <t>76 RUE DU MAL LYAUTEY 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>15/10/2005</t>
   </si>
   <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>LARCANS ACADEMY</t>
   </si>
   <si>
     <t>LARCANS ACADEMY FLANDRES</t>
   </si>
   <si>
     <t>ZAC DE TEMPLEMARS LA PEPINIERE RUE DE L EPINOY 59175 TEMPLEMARS</t>
   </si>
   <si>
     <t>01/06/2016</t>
   </si>
   <si>
     <t>POINT JAUNE</t>
   </si>
   <si>
     <t>IMMEUBLE PERICENTRE IV - BATIMENT B 149 RUE DE LA DELIVRANDE 14000 CAEN</t>
   </si>
   <si>
     <t>01/08/2015</t>
   </si>
   <si>
     <t>ECOLE EUROPEENNE D INTELLIGENCE ECONOMIQUE</t>
@@ -727,68 +1057,143 @@
   <si>
     <t>2 RUE DES BRUGNAUTS 92220 BAGNEUX</t>
   </si>
   <si>
     <t>04/08/2014</t>
   </si>
   <si>
     <t>LYNXTITUT</t>
   </si>
   <si>
     <t>3 CHEMIN DE LA MOULINOTTE 33450 SAINT-LOUBES</t>
   </si>
   <si>
     <t>31/07/2018</t>
   </si>
   <si>
     <t>APTITUDE SECURITE FORMATION</t>
   </si>
   <si>
     <t>ASF</t>
   </si>
   <si>
     <t>BATIMENT LE SUN AVENUE DU MARECHAL LYAUTEY 06210 MANDELIEU-LA-NAPOULE</t>
   </si>
   <si>
-    <t>01/09/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>PRO.COM</t>
   </si>
   <si>
     <t>1 TOULAN BIAN 22970 PLOUMAGOAR</t>
   </si>
   <si>
     <t>15/07/2019</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>43.21A</t>
   </si>
   <si>
+    <t>TONNERRE 511 DELTA</t>
+  </si>
+  <si>
+    <t>17 RUE PIERRE SEMARD 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>11/03/2019</t>
+  </si>
+  <si>
+    <t>FORSEC</t>
+  </si>
+  <si>
+    <t>LE BAUDELAIRE - ALLEE H 5 ALLEE SAINTE BEUVE 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>20/07/2015</t>
+  </si>
+  <si>
+    <t>A.F.C.</t>
+  </si>
+  <si>
+    <t>24 BOULEVARD PAUL VAILLANT COUTURIER 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>SECURITE PREMIUM FORMATION</t>
+  </si>
+  <si>
+    <t>SECURITE PREMIUM FORMATION CENTRE OUEST</t>
+  </si>
+  <si>
+    <t>707 ALLEE DES ERABLES 86130 DISSAY</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>SECURITE INCENDIE.IDF</t>
+  </si>
+  <si>
+    <t>6 RUE DU BOIS SAUVAGE 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/12/2017</t>
+  </si>
+  <si>
+    <t>ABSKILL I</t>
+  </si>
+  <si>
+    <t>PARC DE L ESTUAIRE AVENUE DU CANTIPOU 76700 HARFLEUR</t>
+  </si>
+  <si>
+    <t>02/05/2023</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
+    <t>FORMATION INSERTION</t>
+  </si>
+  <si>
+    <t>14 RUE DAVOUST 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>23/07/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALBERT JEAN-PHILIPPE   </t>
+  </si>
+  <si>
+    <t>93 AVENUE DE MONTOLIVET 13004 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/12/2021</t>
+  </si>
+  <si>
     <t>A.C.G.D.</t>
   </si>
   <si>
     <t>9 RUE ANDRE PINGAT 51100 REIMS</t>
   </si>
   <si>
     <t>23/03/2022</t>
   </si>
   <si>
     <t>17 ESPLANADE DES CAPUCINS 51100 REIMS</t>
   </si>
   <si>
     <t>07/12/2022</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>A3F EXPERTISES</t>
   </si>
   <si>
     <t>A3F</t>
   </si>
   <si>
     <t>3 RUE JEAN AMIEL 31700 BLAGNAC</t>
@@ -802,53 +1207,50 @@
   <si>
     <t>6 ROUTE DE L'AVIATION 54600 VILLERS-LES-NANCY</t>
   </si>
   <si>
     <t>17/10/2013</t>
   </si>
   <si>
     <t>NUEVO CONSEIL ET FORMATION</t>
   </si>
   <si>
     <t>71 RUE ROBESPIERRE 93100 MONTREUIL</t>
   </si>
   <si>
     <t>01/04/2021</t>
   </si>
   <si>
     <t>W E C</t>
   </si>
   <si>
     <t>20 RUE DE L'ORMETEAU 77500 CHELLES</t>
   </si>
   <si>
     <t>29/10/2019</t>
   </si>
   <si>
-    <t>23/10/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>ARTEMIS TRAINING</t>
   </si>
   <si>
     <t>266 AVENUE DU PRESIDENT WILSON 93210 SAINT-DENIS</t>
   </si>
   <si>
     <t>15/03/2021</t>
   </si>
   <si>
     <t>2M TRAINING</t>
   </si>
   <si>
     <t>305 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
   </si>
   <si>
     <t>FONDATION COS ALEXANDRE GLASBERG</t>
   </si>
   <si>
     <t>COS CRPF NANTEAU</t>
   </si>
   <si>
     <t>2 RUE DES ARCHES 77710 NANTEAU-SUR-LUNAIN</t>
@@ -907,278 +1309,107 @@
   <si>
     <t>CTRE RECHERCHES ETUDES FORMATION ORGANIS</t>
   </si>
   <si>
     <t>CREFO</t>
   </si>
   <si>
     <t>43 RUE DE L'ABREUVOIR 59300 VALENCIENNES</t>
   </si>
   <si>
     <t>01/09/1999</t>
   </si>
   <si>
     <t>POLE TERTIAIRE BERGSON 8 RUE PIERRE BAYLE 62300 LENS</t>
   </si>
   <si>
     <t>30/09/2002</t>
   </si>
   <si>
     <t>ESPACE ROSATI TECHNOPOLIS 23 RUE DU DEPOT 62000 ARRAS</t>
   </si>
   <si>
     <t>02/11/2006</t>
   </si>
   <si>
-    <t>ZAC DES CARENNES 6 RUE JEAN MARIE BOURGUIGNON 62930 WIMEREUX</t>
+    <t>ZAC DES CARENNES 12 RUE JEAN MARIE BOURGUIGNON 62930 WIMEREUX</t>
   </si>
   <si>
     <t>01/07/2008</t>
   </si>
   <si>
     <t>15 PLACE MARCELIN BERTHELOT 59400 CAMBRAI</t>
   </si>
   <si>
     <t>01/01/2008</t>
   </si>
   <si>
     <t>CREFO CIBC</t>
   </si>
   <si>
     <t>1ER ETAGE 299 RUE PAUL THERY 59500 DOUAI</t>
   </si>
   <si>
     <t>01/08/2007</t>
   </si>
   <si>
     <t>17 RUE PAPIN 59650 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>01/06/2011</t>
   </si>
   <si>
     <t>327 RUE DE LA REPUBLIQUE ST POL 59430 DUNKERQUE</t>
   </si>
   <si>
     <t>01/05/2011</t>
   </si>
   <si>
     <t>558 RUE DE LILLE 62400 BETHUNE</t>
   </si>
   <si>
     <t>01/10/2014</t>
   </si>
   <si>
     <t>2 RUE DE L'ARSENAL 59131 ROUSIES</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
-    <t>ABSKILL II</t>
-[...118 lines deleted...]
-  <si>
     <t>ECOLE DE FORMATION AUX METIERS DE LA SECURITE</t>
   </si>
   <si>
     <t>ECOME FORMATION</t>
   </si>
   <si>
     <t>14 RUE DE MANTES 92700 COLOMBES</t>
   </si>
   <si>
     <t>01/03/2013</t>
   </si>
   <si>
-    <t>DEMARCHE CITOYENNE LA DIVERSITE S'AMUSE</t>
-[...49 lines deleted...]
-  <si>
     <t>DOCERE FORMATIONS</t>
   </si>
   <si>
     <t>IMMEUBLE HENRI SPAAK 12 RUE JULES FERRY 93110 ROSNY-SOUS-BOIS</t>
   </si>
   <si>
     <t>12/12/2013</t>
   </si>
   <si>
     <t>METIERS DES SERVICES DE FORMATIONS</t>
   </si>
   <si>
     <t>M2S FORMATION</t>
   </si>
   <si>
     <t>161 BOULEVARD D'ALSACE-LORRAINE 94170 LE PERREUX-SUR-MARNE</t>
   </si>
   <si>
     <t>31/05/2022</t>
   </si>
   <si>
     <t>NCO FORMATIONS GLOBALES</t>
   </si>
   <si>
     <t>LE BOIS DES PIERRIERES 17620 ECHILLAIS</t>
@@ -1240,329 +1471,134 @@
   <si>
     <t>ALPES FORMATIONS CONSEILS</t>
   </si>
   <si>
     <t>45 RUE DES BOUTONS D'OR 05000 GAP</t>
   </si>
   <si>
     <t>01/10/2017</t>
   </si>
   <si>
     <t>CREDER</t>
   </si>
   <si>
     <t>MASTERCLUB - BAT E RUE DU PROFESSEUR PIERRE DANGEARD 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/04/2015</t>
   </si>
   <si>
     <t>3 RUE DES SALINES 40100 DAX</t>
   </si>
   <si>
     <t>26/02/2018</t>
   </si>
   <si>
-    <t>TONNERRE 511 DELTA</t>
-[...65 lines deleted...]
-    <t>23/07/2013</t>
+    <t>CABINET AZAIS PREVENTION ET EXPERTISE</t>
+  </si>
+  <si>
+    <t>42 ROUTE DE SEGOUGNAC 47310 AUBIAC</t>
+  </si>
+  <si>
+    <t>03/11/2014</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
   </si>
   <si>
     <t>D.G.F - LOGIC</t>
   </si>
   <si>
     <t>2 RUE MARIE CAZE 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>09/01/2023</t>
   </si>
   <si>
     <t>SARL NIS FORMATION</t>
   </si>
   <si>
     <t>SECTION MONMAIN 2 ROUTE DESHAUTEURS 97180 SAINTE-ANNE</t>
   </si>
   <si>
     <t>19/03/2015</t>
   </si>
   <si>
     <t>CAB FORMATIONS</t>
   </si>
   <si>
     <t>151 AVENUE GALLIENI 93170 BAGNOLET</t>
   </si>
   <si>
     <t>20/11/2017</t>
   </si>
   <si>
     <t>SP2 FORMATION</t>
   </si>
   <si>
     <t>CAMPUS DE L'ESPACE 1 AVENUE HUBERT CURIEN 27200 VERNON</t>
   </si>
   <si>
     <t>26/04/2019</t>
   </si>
   <si>
     <t>13/05/2025</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE SURETE ET DE SECURITE INCENDIE</t>
   </si>
   <si>
     <t>9 RUE PIERRE ET MARIE CURIE 94200 IVRY-SUR-SEINE</t>
   </si>
   <si>
     <t>20/12/2017</t>
   </si>
   <si>
-    <t>A&amp;K CONSEILS ET FORMATIONS</t>
-[...7 lines deleted...]
-  <si>
     <t>AZS FORMATION</t>
   </si>
   <si>
     <t>CTRE COMMERCIAL LES HELLENES LOCAL 2 SAINT LEGER 83300 DRAGUIGNAN</t>
   </si>
   <si>
     <t>16/05/2016</t>
   </si>
   <si>
     <t>DGF COMPETENCE</t>
   </si>
   <si>
     <t>TOUR EUROPA 3 E ETAGE AVENUE DE L’EUROPE 94320 THIAIS</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t>ICT</t>
   </si>
   <si>
     <t>163 BOULEVARD SAINT-DENIS 92400 COURBEVOIE</t>
   </si>
   <si>
-    <t>SYGMA FORMATION</t>
-[...127 lines deleted...]
-  <si>
     <t>SECURITE ACTIV</t>
   </si>
   <si>
     <t>9 RUE GUSTAVE EIFFEL 24330 BOULAZAC ISLE MANOIRE</t>
   </si>
   <si>
     <t>GROUPE TSEDEQ CONSEILS</t>
   </si>
   <si>
     <t>GTCI</t>
   </si>
   <si>
     <t>81 RUE ARISTIDE BRIAND 78130 LES MUREAUX</t>
   </si>
   <si>
     <t>03/08/2021</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
@@ -1681,183 +1717,159 @@
   <si>
     <t>135 RUE DU MADRILLET 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
   </si>
   <si>
     <t>LE PALAYS 1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>14-14 14 AVENUE DU MARECHAL JUIN 92360 MEUDON</t>
   </si>
   <si>
     <t>11 AVENUE PIERRE SALVI 95500 GONESSE</t>
   </si>
   <si>
     <t>21 BOULEVARD HOCHE 85200 FONTENAY-LE-COMTE</t>
   </si>
   <si>
     <t>CDF EVOLUTION</t>
   </si>
   <si>
     <t>5 AVENUE GEORGES HANNART 59170 CROIX</t>
   </si>
   <si>
     <t>01/09/2019</t>
   </si>
   <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
     <t>OCTOGONE SURETE ET SECURITE INCENDIE</t>
   </si>
   <si>
     <t>87-109 87 AVENUE DE LA LIBERTE 92000 NANTERRE</t>
   </si>
   <si>
     <t>12/09/2019</t>
   </si>
   <si>
     <t>INSTITUT FRANCAIS DE SECURITE</t>
   </si>
   <si>
     <t>23 RUE BERANGER 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>09/04/2018</t>
   </si>
   <si>
     <t>F P ACADEMIE</t>
   </si>
   <si>
     <t>1-3 1 RUE MARYSE BASTIE 93600 AULNAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>15/08/2017</t>
   </si>
   <si>
     <t>VIGILOR FORMATION - CONSEIL</t>
   </si>
   <si>
     <t>POLE DE FORMATION RUE ROBERT SCHUMAN 57460 BEHREN-LES-FORBACH</t>
   </si>
   <si>
     <t>12/01/2018</t>
   </si>
   <si>
     <t>M2S33 FORMATIONS</t>
   </si>
   <si>
     <t>19-21-IMMEUBLE SERVO 19 RUE DU COMMANDANT COUSTEAU 33100 BORDEAUX</t>
   </si>
   <si>
     <t>09/01/2018</t>
   </si>
   <si>
-    <t>INSTITUT NATIONAL DE FORMATION A LA SECURITE - LILLE</t>
-[...7 lines deleted...]
-  <si>
     <t>INSTITUT DE FORMATION PROFESSIONNELLE EN SECURITE</t>
   </si>
   <si>
     <t>345-347 345 AVENUE DU GENERAL DE GAULLE 92140 CLAMART</t>
   </si>
   <si>
     <t>26/03/2018</t>
   </si>
   <si>
+    <t>10/11/2025</t>
+  </si>
+  <si>
     <t>MASTERS SERVICES FORMATION</t>
   </si>
   <si>
     <t>3 ALLEE DES ROCHERS 94000 CRETEIL</t>
   </si>
   <si>
     <t>12/11/2018</t>
   </si>
   <si>
     <t>INTEGRALE SECURITE FORMATIONS</t>
   </si>
   <si>
     <t>54 CHEMIN DU CARREOU 83480 PUGET-SUR-ARGENS</t>
   </si>
   <si>
     <t>20/05/2020</t>
   </si>
   <si>
     <t>CITE BOISRIPEAUX 3 97139 LES ABYMES</t>
   </si>
   <si>
     <t>14/01/2019</t>
   </si>
   <si>
     <t>01973191697</t>
   </si>
   <si>
-    <t>SI-FIPS</t>
-[...19 lines deleted...]
-  <si>
     <t>SI.REGION PACA</t>
   </si>
   <si>
     <t>1662 RTE NATIONALE 7 06270 VILLENEUVE-LOUBET</t>
   </si>
   <si>
     <t>01/09/2020</t>
   </si>
   <si>
     <t>RK2C FORMATION</t>
   </si>
   <si>
     <t>QUARTIER SAINT GERVAIS 1177 ROUTE DE TOULON 83400 HYERES</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>DIRECT SECURITE FORMATION</t>
   </si>
   <si>
-    <t>C/O NOVAFFAIRES 27 BOULEVARD DE L'ARIANE 06300 NICE</t>
+    <t>CO NOVAFFAIRES 27 BOULEVARD DE L'ARIANE 06300 NICE</t>
   </si>
   <si>
     <t>26/05/2020</t>
   </si>
   <si>
     <t>SI. PARIS EST</t>
   </si>
   <si>
     <t>1 MAIL DES BRIARDS 77100 MAREUIL-LES-MEAUX</t>
   </si>
   <si>
     <t>01/11/2020</t>
   </si>
   <si>
     <t>GROUPE EST FORMATION</t>
   </si>
   <si>
     <t>24 RUE DE L'INDUSTRIE 67400 ILLKIRCH-GRAFFENSTADEN</t>
   </si>
   <si>
     <t>KARANGUE CONSULTING</t>
   </si>
   <si>
     <t>59 RUE PAUL VAILLANT COUTURIER 59129 AVESNES-LES-AUBERT</t>
   </si>
@@ -1885,90 +1897,78 @@
   <si>
     <t>19/01/2021</t>
   </si>
   <si>
     <t>ZD ACADEMY</t>
   </si>
   <si>
     <t>196 AVENUE JEAN LOLIVE 93500 PANTIN</t>
   </si>
   <si>
     <t>03/01/2022</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE SURETE ET DE SECURITE PRIVEE</t>
   </si>
   <si>
     <t>301 RES LES JARDINS DE TRIONCELLE 97122 BAIE MAHAULT</t>
   </si>
   <si>
     <t>29/04/2021</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
-    <t>01973331797</t>
-[...1 lines deleted...]
-  <si>
     <t>FIPS NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>SI.FIPS NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>72 RUE JEAN PAGES 33140 VILLENAVE-D'ORNON</t>
   </si>
   <si>
     <t>25/06/2021</t>
   </si>
   <si>
     <t>OUEST FORMATION</t>
   </si>
   <si>
     <t>34 PLACE DE LA GARE 53000 LAVAL</t>
   </si>
   <si>
     <t>28/06/2021</t>
   </si>
   <si>
     <t>CENTRE D'APPRENTISSAGE AU MANAGEMENT DE LA SECURITE</t>
   </si>
   <si>
     <t>3 RUE DE STOCKHOLM 13127 VITROLLES</t>
   </si>
   <si>
     <t>17/07/2021</t>
-  </si>
-[...7 lines deleted...]
-    <t>01973466797</t>
   </si>
   <si>
     <t>INSTITUT EMPLOI FORMATION</t>
   </si>
   <si>
     <t>13-15 13 RUE DU PONT DES HALLES 94150 RUNGIS</t>
   </si>
   <si>
     <t>06/02/2020</t>
   </si>
   <si>
     <t>15/09/2025</t>
   </si>
   <si>
     <t>TECHNIQUAL</t>
   </si>
   <si>
     <t>TEQ</t>
   </si>
   <si>
     <t>M14 EXPOBAT ZC PLAN DE CAMPAGNE RUE DE LISBONNE 13480 CABRIES</t>
   </si>
   <si>
     <t>15/11/2021</t>
   </si>
@@ -2679,8223 +2679,8209 @@
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>18310907300027</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>18760902900017</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19050006600039</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19060075900020</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="E9" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>19080008600026</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="E10" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19220058200034</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="E11" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19290071000026</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="E12" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="E12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19300026200025</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="E13" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19310044300020</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19340011600029</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="E15" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19340042100023</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="E16" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19350030300030</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="E17" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19440029700025</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="E18" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="E18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="3">
         <v>52440417944</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19501219000029</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D19" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="E19" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19510035900023</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="E20" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="E20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19540042900021</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="E21" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19560026700049</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="E22" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19570057000037</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="D23" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="E23" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="E23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19570099200074</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D24" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="E24" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>19580050300037</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D25" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="E25" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19600020200032</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="E26" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19660014200059</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="D27" s="2" t="s">
+      <c r="E27" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19840005300023</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D28" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="E28" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19870056900041</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D29" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="E29" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I29" s="3">
         <v>75870202087</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>19890005200020</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D30" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D30" s="2" t="s">
+      <c r="E30" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>20004533400014</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>20006116600050</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D32" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="E32" s="2" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I32" s="3">
         <v>11950602195</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>34917513300041</v>
+        <v>32240853500068</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I33" s="3">
-        <v>32600416960</v>
+        <v>25610002361</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>35029923600041</v>
+        <v>33512883100039</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="D34" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I34" s="3"/>
+      <c r="I34" s="3">
+        <v>11751048975</v>
+      </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>35029923600090</v>
+        <v>33975650400058</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I35" s="3"/>
+      <c r="I35" s="3">
+        <v>23760418876</v>
+      </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>35029923600108</v>
+        <v>34025814400252</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I36" s="3"/>
+      <c r="I36" s="3">
+        <v>53350168735</v>
+      </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>35323259800048</v>
+        <v>34025814400286</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I37" s="3"/>
+      <c r="I37" s="3">
+        <v>53350168735</v>
+      </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>37835655400030</v>
+        <v>34061501200010</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>173</v>
+        <v>139</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I38" s="3">
-        <v>93840077184</v>
+        <v>23760072376</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>37875490700046</v>
+        <v>34061501200291</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I39" s="3">
-        <v>42680098668</v>
+        <v>23760072376</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>38042853200069</v>
+        <v>34465627700078</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>178</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I40" s="3">
-        <v>11751708275</v>
+        <v>11930705393</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>38924943400017</v>
+        <v>34465627700094</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I41" s="3" t="s">
-        <v>182</v>
+      <c r="I41" s="3">
+        <v>11930705393</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>39013467400014</v>
+        <v>34917513300041</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I42" s="3">
-        <v>11770136977</v>
+        <v>32600416960</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>39372454700038</v>
+        <v>35029923600041</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I43" s="3"/>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>39905357800023</v>
+        <v>35029923600090</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I44" s="3"/>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>39962833800036</v>
+        <v>35029923600108</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I45" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I45" s="3"/>
       <c r="J45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>48082447300031</v>
+        <v>35323259800048</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>47</v>
+        <v>193</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I46" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>48370561200032</v>
+        <v>37835655400030</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I47" s="3">
-        <v>76310870231</v>
+        <v>93840077184</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>48387270100014</v>
+        <v>37875490700046</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>203</v>
+        <v>183</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I48" s="3">
-        <v>73310456431</v>
+        <v>42680098668</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>48461853300026</v>
+        <v>38042853200069</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="I49" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I49" s="3">
+        <v>11751708275</v>
+      </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>48475300900014</v>
+        <v>38924943400017</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>11788011678</v>
+        <v>23</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>205</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>48879664000040</v>
+        <v>39013467400014</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I51" s="3">
-        <v>31620193062</v>
+        <v>11770136977</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>48931676000029</v>
+        <v>39372454700038</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I52" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>49203893000011</v>
+        <v>88100107700026</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>23</v>
+        <v>215</v>
       </c>
       <c r="I53" s="3">
-        <v>11788033778</v>
+        <v>11910869891</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>49217053500032</v>
+        <v>88139302900015</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>53560817956</v>
+        <v>215</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>219</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>49256010700038</v>
+        <v>43414874800024</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I55" s="3">
-        <v>11940701094</v>
+        <v>72330558633</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>49507484100026</v>
+        <v>79440957300019</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I56" s="3">
-        <v>11922040592</v>
+        <v>76340946834</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>50079549700022</v>
+        <v>79457699100044</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>231</v>
-[...3 lines deleted...]
-      </c>
+        <v>226</v>
+      </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I57" s="3">
-        <v>72331001433</v>
+        <v>31620254662</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>50132892600032</v>
+        <v>79515829400046</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I58" s="3">
-        <v>93060632406</v>
+        <v>24360083936</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>50229968800023</v>
+        <v>79515829400061</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>242</v>
+        <v>23</v>
       </c>
       <c r="I59" s="3">
-        <v>53220842722</v>
+        <v>24360083936</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>52490818300030</v>
+        <v>79515829400079</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>243</v>
+        <v>229</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I60" s="3">
-        <v>44510223951</v>
+        <v>24360083936</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>52490818300048</v>
+        <v>79515829400087</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>243</v>
+        <v>229</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I61" s="3">
-        <v>44510223951</v>
+        <v>24360083936</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>53164642000038</v>
+        <v>79515829400095</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>252</v>
+        <v>239</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I62" s="3">
-        <v>73310605031</v>
+        <v>24360083936</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>53897367800153</v>
+        <v>90395063200013</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>253</v>
+        <v>240</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>255</v>
+        <v>242</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>41540304354</v>
+        <v>215</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>243</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>75051209700114</v>
+        <v>81840546600041</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>256</v>
+        <v>244</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>257</v>
+        <v>245</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I64" s="3">
-        <v>11930647893</v>
+        <v>11950682895</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>75311164000029</v>
+        <v>83786319000026</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>263</v>
+        <v>23</v>
       </c>
       <c r="I65" s="3">
-        <v>11930672493</v>
+        <v>32590955659</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>75316107400061</v>
+        <v>39905357800023</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>264</v>
+        <v>250</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>265</v>
+        <v>251</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>266</v>
+        <v>252</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>23</v>
+        <v>253</v>
       </c>
       <c r="I66" s="3">
-        <v>11931006193</v>
+        <v>91660053766</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>75320095500049</v>
+        <v>39962833800036</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>227</v>
+        <v>256</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I67" s="3">
-        <v>11930647393</v>
+        <v>11950256195</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>77565757000047</v>
+        <v>40827328200165</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>269</v>
+        <v>257</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>273</v>
+        <v>23</v>
       </c>
       <c r="I68" s="3">
-        <v>11750045877</v>
+        <v>11757341475</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>77895430500018</v>
+        <v>40989592700021</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="I69" s="3">
-        <v>42680022768</v>
+        <v>11910714291</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78060963200051</v>
+        <v>41928081300090</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>279</v>
+        <v>266</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I70" s="3">
-        <v>32800193880</v>
+        <v>11910416791</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>78114688100045</v>
+        <v>42045519800036</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="D71" s="2"/>
+        <v>268</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>269</v>
+      </c>
       <c r="E71" s="2" t="s">
-        <v>282</v>
+        <v>270</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>283</v>
+        <v>271</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>23</v>
+        <v>272</v>
       </c>
       <c r="I71" s="3">
-        <v>23760000476</v>
+        <v>95970104897</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>78162137000159</v>
+        <v>42219375500580</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I72" s="3">
-        <v>43250000225</v>
+        <v>11753582375</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>78235540800025</v>
+        <v>42219375500655</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="D73" s="2"/>
+        <v>273</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>276</v>
+      </c>
       <c r="E73" s="2" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>272</v>
+        <v>134</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I73" s="3">
-        <v>72640000764</v>
+        <v>11753582375</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>78371481900209</v>
+        <v>44755611900025</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>291</v>
+        <v>279</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>292</v>
+        <v>280</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I74" s="3">
-        <v>31590014959</v>
+        <v>82690798669</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>78371481900266</v>
+        <v>44755611900066</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>293</v>
+        <v>281</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>294</v>
+        <v>282</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I75" s="3">
-        <v>31590014959</v>
+        <v>82690798669</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>78371481900324</v>
+        <v>44755611900074</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>295</v>
+        <v>283</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>296</v>
+        <v>284</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I76" s="3">
-        <v>31590014959</v>
+        <v>82690798669</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>78371481900332</v>
+        <v>44942285600012</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I77" s="3">
-        <v>31590014959</v>
+        <v>41880082988</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>78371481900365</v>
+        <v>45211949800023</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2" t="s">
         <v>289</v>
       </c>
-      <c r="D78" s="2" t="s">
+      <c r="F78" s="2" t="s">
         <v>290</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I78" s="3">
-        <v>31590014959</v>
+        <v>11930518993</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>78371481900373</v>
+        <v>45211949800189</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>288</v>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>303</v>
+        <v>292</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I79" s="3">
-        <v>31590014959</v>
+        <v>11930518993</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>78371481900381</v>
+        <v>45211949800221</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>304</v>
+        <v>293</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>305</v>
+        <v>294</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I80" s="3">
-        <v>31590014959</v>
+        <v>11930518993</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>78371481900407</v>
+        <v>45263226800010</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I81" s="3">
-        <v>31590014959</v>
+        <v>41570228357</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>78371481900456</v>
+        <v>45263226800051</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="D82" s="2"/>
+        <v>295</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>295</v>
+      </c>
       <c r="E82" s="2" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I82" s="3">
-        <v>31590014959</v>
+        <v>41570228357</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>78371481900464</v>
+        <v>45263226800085</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>311</v>
+        <v>282</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I83" s="3">
-        <v>31590014959</v>
+        <v>41570228357</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>40827328200165</v>
+        <v>45263226800135</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>312</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>314</v>
+        <v>301</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>315</v>
+        <v>302</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I84" s="3">
-        <v>11757341475</v>
+        <v>41570228357</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>40989592700021</v>
+        <v>47914211900052</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>316</v>
+        <v>303</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>317</v>
+        <v>304</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>318</v>
+        <v>305</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>319</v>
+        <v>23</v>
       </c>
       <c r="I85" s="3">
-        <v>11910714291</v>
+        <v>11754538275</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>41928081300090</v>
+        <v>48082447300031</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="D86" s="2"/>
+        <v>306</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>306</v>
+      </c>
       <c r="E86" s="2" t="s">
-        <v>321</v>
+        <v>307</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>322</v>
+        <v>46</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I86" s="3">
-        <v>11910416791</v>
+        <v>82260143226</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>42045519800036</v>
+        <v>48370561200032</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>325</v>
+        <v>309</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>326</v>
+        <v>310</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>327</v>
+        <v>23</v>
       </c>
       <c r="I87" s="3">
-        <v>95970104897</v>
+        <v>76310870231</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>42219375500580</v>
+        <v>48387270100014</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>328</v>
+        <v>311</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>329</v>
+        <v>312</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>330</v>
+        <v>313</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>23</v>
+        <v>215</v>
       </c>
       <c r="I88" s="3">
-        <v>11753582375</v>
+        <v>73310456431</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>42219375500655</v>
+        <v>48461853300026</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>332</v>
+        <v>315</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>135</v>
+        <v>316</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="I89" s="3"/>
       <c r="J89" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>32240853500068</v>
+        <v>48475300900014</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>333</v>
+        <v>317</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="G90" s="2"/>
+        <v>319</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>320</v>
+      </c>
       <c r="H90" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>33512883100039</v>
+        <v>48879664000040</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>336</v>
+        <v>322</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>337</v>
+        <v>323</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>338</v>
+        <v>324</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>339</v>
+        <v>325</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I91" s="3">
-        <v>11751048975</v>
+        <v>31620193062</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>33975650400058</v>
+        <v>48931676000029</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I92" s="3">
-        <v>23760418876</v>
+        <v>25140210714</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>34025814400252</v>
+        <v>49203893000011</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>344</v>
+        <v>330</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>345</v>
+        <v>331</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I93" s="3">
-        <v>53350168735</v>
+        <v>11788033778</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>34025814400286</v>
+        <v>49217053500032</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>346</v>
+        <v>333</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>347</v>
+        <v>334</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I94" s="3">
-        <v>53350168735</v>
+        <v>53560817956</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>34061501200010</v>
+        <v>49256010700038</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>348</v>
+        <v>335</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>140</v>
+        <v>337</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>23</v>
+        <v>215</v>
       </c>
       <c r="I95" s="3">
-        <v>23760072376</v>
+        <v>11940701094</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>34061501200291</v>
+        <v>49507484100026</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I96" s="3">
-        <v>23760072376</v>
+        <v>11922040592</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>79195744200019</v>
+        <v>50079549700022</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>352</v>
+        <v>341</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>353</v>
+        <v>341</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>354</v>
+        <v>342</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>355</v>
+        <v>343</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I97" s="3">
-        <v>11921963992</v>
+        <v>72331001433</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>79440957300019</v>
+        <v>50132892600032</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="D98" s="2"/>
+        <v>344</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>345</v>
+      </c>
       <c r="E98" s="2" t="s">
-        <v>357</v>
+        <v>346</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>358</v>
+        <v>242</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I98" s="3">
-        <v>76340946834</v>
+        <v>93060632406</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>79457699100044</v>
+        <v>50229968800023</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>359</v>
+        <v>347</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>360</v>
+        <v>348</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="G99" s="2"/>
+        <v>349</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>350</v>
+      </c>
       <c r="H99" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="I99" s="3"/>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>79515829400046</v>
+        <v>50459095100035</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="D100" s="2"/>
+        <v>352</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>352</v>
+      </c>
       <c r="E100" s="2" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I100" s="3">
-        <v>24360083936</v>
+        <v>72640298264</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>79515829400061</v>
+        <v>50493554500039</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="D101" s="2"/>
+        <v>355</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>355</v>
+      </c>
       <c r="E101" s="2" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I101" s="3">
-        <v>24360083936</v>
+        <v>82260178426</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>79515829400079</v>
+        <v>50498097000033</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I102" s="3">
-        <v>24360083936</v>
+        <v>11940732394</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>79515829400087</v>
+        <v>50830221300030</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="D103" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I103" s="3">
-        <v>24360083936</v>
+        <v>11770466077</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>79515829400095</v>
+        <v>50905949900038</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I104" s="3">
-        <v>24360083936</v>
+        <v>11910677691</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>79936824600010</v>
+        <v>50943290200419</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="D105" s="2"/>
+        <v>368</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>258</v>
+      </c>
       <c r="E105" s="2" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>23</v>
+        <v>371</v>
       </c>
       <c r="I105" s="3">
-        <v>11930707593</v>
+        <v>11757341275</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>79965635000037</v>
+        <v>51976415300044</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I106" s="3"/>
+      <c r="I106" s="3">
+        <v>11930606293</v>
+      </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>80019207200018</v>
+        <v>52161144200034</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I107" s="3">
-        <v>54170176217</v>
+        <v>93131789213</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>80089219200017</v>
+        <v>52490818300030</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I108" s="3">
-        <v>11950635695</v>
+        <v>32620428562</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>80198335400029</v>
+        <v>52490818300048</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="G109" s="2"/>
+        <v>382</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>383</v>
+      </c>
       <c r="H109" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I109" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I109" s="3"/>
       <c r="J109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>80211433000011</v>
+        <v>53164642000038</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>23</v>
+        <v>215</v>
       </c>
       <c r="I110" s="3">
-        <v>82740299974</v>
+        <v>73310605031</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>80254529300028</v>
+        <v>53897367800153</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I111" s="3">
-        <v>11930736693</v>
+        <v>41540304354</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>80304092200020</v>
+        <v>75051209700114</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>398</v>
-[...3 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I112" s="3"/>
+      <c r="I112" s="3">
+        <v>11930647893</v>
+      </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>80455056400020</v>
+        <v>75311164000029</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>23</v>
+        <v>397</v>
       </c>
       <c r="I113" s="3">
-        <v>93050075505</v>
+        <v>11930672493</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>80471064800085</v>
+        <v>75316107400061</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>211</v>
+        <v>23</v>
       </c>
       <c r="I114" s="3">
-        <v>72330955933</v>
+        <v>11931006193</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>80471064800176</v>
+        <v>75320095500049</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>403</v>
-[...1 lines deleted...]
-      <c r="D115" s="2"/>
+        <v>401</v>
+      </c>
+      <c r="D115" s="2" t="s">
+        <v>401</v>
+      </c>
       <c r="E115" s="2" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>407</v>
+        <v>337</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I115" s="3">
-        <v>72330955933</v>
+        <v>11930647393</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>50459095100035</v>
+        <v>77565757000047</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>23</v>
+        <v>407</v>
       </c>
       <c r="I116" s="3">
-        <v>72640298264</v>
+        <v>11750045877</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>50493554500039</v>
+        <v>77895430500018</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>411</v>
-[...3 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>23</v>
+        <v>410</v>
       </c>
       <c r="I117" s="3">
-        <v>82260178426</v>
+        <v>42680022768</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>50498097000033</v>
+        <v>78060963200051</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="E118" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="F118" s="2" t="s">
         <v>414</v>
-      </c>
-[...5 lines deleted...]
-        <v>416</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I118" s="3">
-        <v>11940732394</v>
+        <v>32800193880</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>50830221300030</v>
+        <v>78114688100045</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="D119" s="2"/>
+      <c r="E119" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="F119" s="2" t="s">
         <v>417</v>
-      </c>
-[...7 lines deleted...]
-        <v>420</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I119" s="3">
-        <v>11770466077</v>
+        <v>23760000476</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>50905949900038</v>
+        <v>78162137000159</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I120" s="3">
-        <v>11910677691</v>
+        <v>43250000225</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>50943290200419</v>
+        <v>78235540800025</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>426</v>
+        <v>406</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>427</v>
+        <v>215</v>
       </c>
       <c r="I121" s="3">
-        <v>11757341275</v>
+        <v>72640000764</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>51976415300044</v>
+        <v>78371481900209</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I122" s="3">
-        <v>11930606293</v>
+        <v>31590014959</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>80878661000044</v>
+        <v>78371481900266</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I123" s="3">
-        <v>98970431397</v>
+        <v>31590014959</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>81034790600010</v>
+        <v>78371481900324</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>434</v>
+        <v>423</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I124" s="3">
-        <v>95970197197</v>
+        <v>31590014959</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>81129252300107</v>
+        <v>78371481900332</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="D125" s="2"/>
+        <v>423</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>424</v>
+      </c>
       <c r="E125" s="2" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>439</v>
+        <v>432</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I125" s="3">
-        <v>11931026693</v>
+        <v>31590014959</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>81255498800046</v>
+        <v>78371481900365</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="D126" s="2"/>
+        <v>423</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>424</v>
+      </c>
       <c r="E126" s="2" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>442</v>
-[...3 lines deleted...]
-      </c>
+        <v>434</v>
+      </c>
+      <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I126" s="3">
-        <v>28270222127</v>
+        <v>31590014959</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>81508143500035</v>
+        <v>78371481900373</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="D127" s="2"/>
+        <v>423</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>435</v>
+      </c>
       <c r="E127" s="2" t="s">
-        <v>445</v>
+        <v>436</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I127" s="3">
-        <v>11940910194</v>
+        <v>31590014959</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>81840546600041</v>
+        <v>78371481900381</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>447</v>
+        <v>423</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I128" s="3">
-        <v>11950682895</v>
+        <v>31590014959</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>82016444000019</v>
+        <v>78371481900407</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>450</v>
+        <v>423</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>450</v>
+        <v>424</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I129" s="3">
-        <v>93830513983</v>
+        <v>31590014959</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>82019892700015</v>
+        <v>78371481900456</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>453</v>
+        <v>423</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>454</v>
+        <v>442</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>455</v>
+        <v>443</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I130" s="3">
-        <v>11940924094</v>
+        <v>31590014959</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>82179859200019</v>
+        <v>78371481900464</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>456</v>
+        <v>423</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>457</v>
+        <v>444</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>215</v>
+        <v>445</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I131" s="3">
-        <v>11922138792</v>
+        <v>31590014959</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>43414874800024</v>
+        <v>79195744200019</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>458</v>
-[...1 lines deleted...]
-      <c r="D132" s="2"/>
+        <v>446</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>447</v>
+      </c>
       <c r="E132" s="2" t="s">
-        <v>459</v>
+        <v>448</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>23</v>
+        <v>215</v>
       </c>
       <c r="I132" s="3">
-        <v>72330558633</v>
+        <v>11921963992</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>80757593100017</v>
+        <v>79936824600010</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>461</v>
+        <v>450</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>462</v>
+        <v>451</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>463</v>
+        <v>452</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>464</v>
+        <v>23</v>
       </c>
       <c r="I133" s="3">
-        <v>72470125347</v>
+        <v>11930707593</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>52161144200034</v>
+        <v>79965635000037</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="D134" s="2"/>
+        <v>453</v>
+      </c>
+      <c r="D134" s="2" t="s">
+        <v>454</v>
+      </c>
       <c r="E134" s="2" t="s">
-        <v>466</v>
+        <v>455</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>467</v>
+        <v>456</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I134" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I134" s="3"/>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>34465627700078</v>
+        <v>80019207200018</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>468</v>
+        <v>457</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>469</v>
+        <v>458</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>470</v>
+        <v>459</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I135" s="3">
-        <v>11930705393</v>
+        <v>54170176217</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>34465627700094</v>
+        <v>80089219200017</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I136" s="3">
-        <v>11930705393</v>
+        <v>11950635695</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>44755611900025</v>
+        <v>80198335400029</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I137" s="3">
-        <v>82690798669</v>
+        <v>41570335857</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>44755611900066</v>
+        <v>80211433000011</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="D138" s="2"/>
+        <v>466</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>467</v>
+      </c>
       <c r="E138" s="2" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I138" s="3">
-        <v>82690798669</v>
+        <v>82740299974</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L138" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>44755611900074</v>
+        <v>80254529300028</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I139" s="3">
-        <v>82690798669</v>
+        <v>11930736693</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>44942285600012</v>
+        <v>80304092200020</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="G140" s="2"/>
+        <v>475</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>476</v>
+      </c>
       <c r="H140" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I140" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I140" s="3"/>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>45211949800023</v>
+        <v>80455056400020</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I141" s="3">
-        <v>11930518993</v>
+        <v>93050075505</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>45211949800189</v>
+        <v>80471064800085</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>23</v>
+        <v>321</v>
       </c>
       <c r="I142" s="3">
-        <v>11930518993</v>
+        <v>72330955933</v>
       </c>
       <c r="J142" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>45211949800221</v>
+        <v>80471064800176</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I143" s="3">
-        <v>11930518993</v>
+        <v>72330955933</v>
       </c>
       <c r="J143" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>45263226800010</v>
+        <v>80757593100017</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>23</v>
+        <v>488</v>
       </c>
       <c r="I144" s="3">
-        <v>41570228357</v>
+        <v>72470125347</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>45263226800051</v>
+        <v>80878661000044</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D145" s="2"/>
+      <c r="E145" s="2" t="s">
         <v>490</v>
       </c>
-      <c r="D145" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F145" s="2" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I145" s="3">
-        <v>41570228357</v>
+        <v>98970431397</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>45263226800085</v>
+        <v>81034790600010</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>477</v>
+        <v>494</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>23</v>
+        <v>215</v>
       </c>
       <c r="I146" s="3">
-        <v>41570228357</v>
+        <v>95970197197</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>45263226800135</v>
+        <v>81129252300107</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
         <v>496</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>497</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I147" s="3">
-        <v>41570228357</v>
+        <v>11931026693</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>47914211900052</v>
+        <v>81255498800046</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
         <v>499</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>500</v>
       </c>
-      <c r="G148" s="2"/>
+      <c r="G148" s="2" t="s">
+        <v>501</v>
+      </c>
       <c r="H148" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I148" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I148" s="3"/>
       <c r="J148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>82346388000034</v>
+        <v>81508143500035</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>227</v>
+        <v>504</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>23</v>
+        <v>215</v>
       </c>
       <c r="I149" s="3">
-        <v>75240196824</v>
+        <v>11940910194</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>82351102700034</v>
+        <v>82016444000019</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D150" s="2" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I150" s="3"/>
+      <c r="I150" s="3">
+        <v>93830513983</v>
+      </c>
       <c r="J150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>82409268800012</v>
+        <v>82019892700015</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>23</v>
+        <v>215</v>
       </c>
       <c r="I151" s="3">
-        <v>11930762893</v>
+        <v>11940924094</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>82409268800053</v>
+        <v>82179859200019</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>27</v>
+        <v>325</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I152" s="3">
-        <v>11930762893</v>
+        <v>11922138792</v>
       </c>
       <c r="J152" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>82409268800061</v>
+        <v>82346388000034</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>27</v>
+        <v>337</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I153" s="3">
-        <v>11930762893</v>
+        <v>75240196824</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>82409268800095</v>
+        <v>82351102700034</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="D154" s="2"/>
+        <v>515</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>516</v>
+      </c>
       <c r="E154" s="2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>27</v>
+        <v>518</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I154" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I154" s="3"/>
       <c r="J154" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>82409268800137</v>
+        <v>82409268800012</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>27</v>
+        <v>521</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I155" s="3">
         <v>11930762893</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>82409268800160</v>
+        <v>82409268800053</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I156" s="3">
         <v>11930762893</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>82409268800178</v>
+        <v>82409268800061</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I157" s="3">
         <v>11930762893</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>82409268800186</v>
+        <v>82409268800095</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I158" s="3">
         <v>11930762893</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>82409268800210</v>
+        <v>82409268800137</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I159" s="3">
         <v>11930762893</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>82409268800228</v>
+        <v>82409268800160</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I160" s="3">
         <v>11930762893</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>82409268800244</v>
+        <v>82409268800178</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I161" s="3">
         <v>11930762893</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>82422814200025</v>
+        <v>82409268800186</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I162" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>82422814200058</v>
+        <v>82409268800210</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I163" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>82422814200157</v>
+        <v>82409268800228</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I164" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>82422814200181</v>
+        <v>82409268800244</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I165" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M165" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>82422814200207</v>
+        <v>82422814200025</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I166" s="3">
         <v>11930743393</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>82422814200215</v>
+        <v>82422814200058</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I167" s="3">
         <v>11930743393</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>82422814200231</v>
+        <v>82422814200157</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I168" s="3">
         <v>11930743393</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>82422814200264</v>
+        <v>82422814200181</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I169" s="3">
         <v>11930743393</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>82422814200272</v>
+        <v>82422814200207</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I170" s="3">
         <v>11930743393</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>82422814200298</v>
+        <v>82422814200215</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I171" s="3">
         <v>11930743393</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>82422814200314</v>
+        <v>82422814200231</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I172" s="3">
         <v>11930743393</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>82422814200330</v>
+        <v>82422814200264</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I173" s="3">
         <v>11930743393</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>82422814200371</v>
+        <v>82422814200272</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I174" s="3">
         <v>11930743393</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>82422814200397</v>
+        <v>82422814200298</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I175" s="3">
         <v>11930743393</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>82422814200488</v>
+        <v>82422814200314</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I176" s="3">
         <v>11930743393</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>82422814200520</v>
+        <v>82422814200330</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I177" s="3">
         <v>11930743393</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>82422814200579</v>
+        <v>82422814200371</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I178" s="3">
         <v>11930743393</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>82422814200587</v>
+        <v>82422814200397</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I179" s="3">
         <v>11930743393</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>82422814200629</v>
+        <v>82422814200488</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I180" s="3">
         <v>11930743393</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>82422814200843</v>
+        <v>82422814200520</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I181" s="3">
         <v>11930743393</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>82422814201130</v>
+        <v>82422814200579</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I182" s="3">
         <v>11930743393</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>82422814201221</v>
+        <v>82422814200587</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I183" s="3">
         <v>11930743393</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>82422814201262</v>
+        <v>82422814200629</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I184" s="3">
         <v>11930743393</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>82422814201270</v>
+        <v>82422814200843</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I185" s="3">
         <v>11930743393</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>82422814201486</v>
+        <v>82422814201130</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I186" s="3">
         <v>11930743393</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>82422814201502</v>
+        <v>82422814201221</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>518</v>
+        <v>554</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I187" s="3">
         <v>11930743393</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M187" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>82422814201510</v>
+        <v>82422814201262</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I188" s="3">
         <v>11930743393</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M188" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>82422814201528</v>
+        <v>82422814201270</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I189" s="3">
         <v>11930743393</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>82422814201536</v>
+        <v>82422814201486</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>512</v>
+        <v>557</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I190" s="3">
         <v>11930743393</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>82422814201551</v>
+        <v>82422814201502</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>548</v>
+        <v>530</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I191" s="3">
         <v>11930743393</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L191" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M191" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>82422814201569</v>
+        <v>82422814201510</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>511</v>
+        <v>558</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I192" s="3">
         <v>11930743393</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L192" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M192" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>82422814201726</v>
+        <v>82422814201528</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I193" s="3">
         <v>11930743393</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M193" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>82422814201841</v>
+        <v>82422814201536</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>550</v>
+        <v>524</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I194" s="3">
         <v>11930743393</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M194" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>82422814201890</v>
+        <v>82422814201551</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I195" s="3">
         <v>11930743393</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M195" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>82536989500032</v>
+        <v>82422814201569</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>552</v>
-[...3 lines deleted...]
-      </c>
+        <v>532</v>
+      </c>
+      <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>553</v>
+        <v>523</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>554</v>
+        <v>27</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I196" s="3">
-        <v>32600417860</v>
+        <v>11930743393</v>
       </c>
       <c r="J196" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L196" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M196" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>83079265100036</v>
+        <v>82422814201726</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>555</v>
+        <v>532</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>557</v>
+        <v>27</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I197" s="3">
-        <v>11922186692</v>
+        <v>11930743393</v>
       </c>
       <c r="J197" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L197" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M197" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>83128462500025</v>
+        <v>82422814201841</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>558</v>
+        <v>532</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>560</v>
+        <v>27</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I198" s="3">
-        <v>11922234392</v>
+        <v>11930743393</v>
       </c>
       <c r="J198" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K198" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L198" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M198" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>83143108500016</v>
+        <v>82422814201890</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>561</v>
+        <v>532</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>563</v>
+        <v>27</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I199" s="3">
-        <v>11930760693</v>
+        <v>11930743393</v>
       </c>
       <c r="J199" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L199" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M199" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>83404531200016</v>
+        <v>82536989500032</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>564</v>
       </c>
-      <c r="D200" s="2"/>
+      <c r="D200" s="2" t="s">
+        <v>564</v>
+      </c>
       <c r="E200" s="2" t="s">
         <v>565</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>566</v>
       </c>
-      <c r="G200" s="2"/>
+      <c r="G200" s="2" t="s">
+        <v>567</v>
+      </c>
       <c r="H200" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I200" s="3"/>
       <c r="J200" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M200" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>83464473400016</v>
+        <v>83079265100036</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>23</v>
+        <v>215</v>
       </c>
       <c r="I201" s="3">
-        <v>75331106733</v>
+        <v>11922186692</v>
       </c>
       <c r="J201" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L201" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M201" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>83786319000026</v>
+        <v>83128462500025</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I202" s="3">
-        <v>32590955659</v>
+        <v>11922234392</v>
       </c>
       <c r="J202" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L202" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M202" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>83891422400020</v>
+        <v>83143108500016</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>23</v>
+        <v>215</v>
       </c>
       <c r="I203" s="3">
-        <v>11922797392</v>
+        <v>11930760693</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M203" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>83896264500027</v>
+        <v>83404531200016</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="I204" s="3"/>
       <c r="J204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M204" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>84089988400026</v>
+        <v>83464473400016</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I205" s="3">
-        <v>93830600283</v>
+        <v>75331106733</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M205" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>84867484200010</v>
+        <v>83891422400020</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>411</v>
+        <v>583</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="G206" s="2"/>
+        <v>585</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>586</v>
+      </c>
       <c r="H206" s="2" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I206" s="3"/>
       <c r="J206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M206" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>88100107700026</v>
+        <v>83896264500027</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I207" s="3">
-        <v>11910869891</v>
+        <v>11940988294</v>
       </c>
       <c r="J207" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M207" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>88139302900015</v>
+        <v>84089988400026</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>591</v>
+        <v>23</v>
+      </c>
+      <c r="I208" s="3">
+        <v>93830600283</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L208" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M208" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>88383015000024</v>
+        <v>84867484200010</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>592</v>
+        <v>355</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
         <v>593</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>594</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>93060894306</v>
+        <v>215</v>
+      </c>
+      <c r="I209" s="3" t="s">
+        <v>595</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L209" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M209" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>88392262700038</v>
+        <v>88383015000024</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I210" s="3">
-        <v>93830608783</v>
+        <v>93060894306</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K210" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L210" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M210" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>88396686300010</v>
+        <v>88392262700038</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I211" s="3">
-        <v>93060897106</v>
+        <v>93830608783</v>
       </c>
       <c r="J211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K211" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L211" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M211" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>88785851200023</v>
+        <v>88396686300010</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I212" s="3">
-        <v>11910874591</v>
+        <v>93060897106</v>
       </c>
       <c r="J212" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L212" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M212" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>88855948100021</v>
+        <v>88785851200023</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>258</v>
+        <v>607</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I213" s="3">
-        <v>44670675767</v>
+        <v>11910874591</v>
       </c>
       <c r="J213" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M213" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>88863441700024</v>
+        <v>88855948100021</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>608</v>
+        <v>393</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I214" s="3"/>
+        <v>215</v>
+      </c>
+      <c r="I214" s="3">
+        <v>44670675767</v>
+      </c>
       <c r="J214" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L214" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M214" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>89108570600010</v>
+        <v>88863441700024</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>609</v>
-[...1 lines deleted...]
-      <c r="D215" s="2" t="s">
         <v>610</v>
       </c>
+      <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
         <v>611</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>612</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I215" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I215" s="3"/>
       <c r="J215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K215" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M215" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>89306974000015</v>
+        <v>89108570600010</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>613</v>
       </c>
-      <c r="D216" s="2"/>
+      <c r="D216" s="2" t="s">
+        <v>614</v>
+      </c>
       <c r="E216" s="2" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I216" s="3">
-        <v>11930862693</v>
+        <v>44670663767</v>
       </c>
       <c r="J216" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L216" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M216" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>89820876400024</v>
+        <v>89306974000015</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="I217" s="3">
-        <v>11930870593</v>
+        <v>11930862693</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L217" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M217" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>89901287600012</v>
+        <v>89820876400024</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>621</v>
-[...1 lines deleted...]
-      <c r="G218" s="2" t="s">
         <v>622</v>
       </c>
+      <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>623</v>
+        <v>215</v>
+      </c>
+      <c r="I218" s="3">
+        <v>11930870593</v>
       </c>
       <c r="J218" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M218" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>90107720600018</v>
+        <v>89901287600012</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C219" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="D219" s="2"/>
+      <c r="E219" s="2" t="s">
         <v>624</v>
       </c>
-      <c r="D219" s="2" t="s">
+      <c r="F219" s="2" t="s">
         <v>625</v>
       </c>
-      <c r="E219" s="2" t="s">
+      <c r="G219" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="F219" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I219" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I219" s="3"/>
       <c r="J219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>90123418700010</v>
+        <v>90107720600018</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="D220" s="2" t="s">
         <v>628</v>
       </c>
-      <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
         <v>629</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>630</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I220" s="3">
-        <v>52530101453</v>
+        <v>75331344133</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M220" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>90156206600018</v>
+        <v>90123418700010</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>631</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
         <v>632</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>633</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I221" s="3">
-        <v>93131945013</v>
+        <v>52530101453</v>
       </c>
       <c r="J221" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M221" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>90395063200013</v>
+        <v>90156206600018</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>634</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
         <v>635</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>237</v>
+        <v>636</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>636</v>
+        <v>23</v>
+      </c>
+      <c r="I222" s="3">
+        <v>93131945013</v>
       </c>
       <c r="J222" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L222" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M222" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
         <v>90743094600026</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>637</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
         <v>638</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>639</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>640</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I223" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I223" s="3"/>
       <c r="J223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M223" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
         <v>90746593400012</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>641</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>642</v>
@@ -10927,92 +10913,88 @@
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
         <v>90810855800010</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>645</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
         <v>646</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>647</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>648</v>
       </c>
       <c r="H225" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I225" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I225" s="3"/>
       <c r="J225" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K225" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M225" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
         <v>90865344700023</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>649</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
         <v>650</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>651</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>652</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I226" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I226" s="3"/>
       <c r="J226" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K226" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L226" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M226" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
         <v>90900959900012</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>653</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
@@ -11110,51 +11092,51 @@
       <c r="K229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M229" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
         <v>91137601000029</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>662</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
         <v>663</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I230" s="3">
         <v>11756498175</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M230" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
         <v>91275282100013</v>
       </c>
@@ -11225,51 +11207,51 @@
         <v>24</v>
       </c>
       <c r="M232" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
         <v>91887829900018</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>670</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
         <v>671</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>672</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="I233" s="3">
         <v>11756663575</v>
       </c>
       <c r="J233" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M233" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
         <v>92036027800021</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
@@ -11369,51 +11351,51 @@
       <c r="K236" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L236" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M236" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
         <v>94865594900014</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>682</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
         <v>683</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>433</v>
+        <v>491</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I237" s="3">
         <v>11950803995</v>
       </c>
       <c r="J237" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K237" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L237" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M237" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
         <v>95134272400022</v>
       </c>
@@ -11523,51 +11505,51 @@
       <c r="M240" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
         <v>98119747800010</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>692</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>692</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>693</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>694</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>211</v>
+        <v>321</v>
       </c>
       <c r="I241" s="3">
         <v>44670775967</v>
       </c>
       <c r="J241" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K241" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L241" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M241" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -11595,31 +11577,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 09:31:34</dc:description>
+  <dc:description>Export en date du 02/14/2026 06:00:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>