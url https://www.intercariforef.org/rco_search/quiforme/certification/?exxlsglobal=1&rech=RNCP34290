--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -208,102 +208,102 @@
   <si>
     <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>4370P001470</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PHILIPPE DE GIRARD</t>
   </si>
   <si>
     <t>GRETA-CFA VAUCLUSE</t>
   </si>
   <si>
     <t>138 AVENUE DE TARASCON 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/01/1987</t>
   </si>
   <si>
     <t>9384P000684</t>
   </si>
   <si>
+    <t>ASSOCIATION GESTIONNAIRE DU CFA INTERPROFESSIONNEL D'EURE-ET-LOIR</t>
+  </si>
+  <si>
+    <t>LES CHAISES RUE CHARLES ISIDORE DOUIN 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>01/01/1990</t>
+  </si>
+  <si>
+    <t>LA CITE DES FORMATIONS</t>
+  </si>
+  <si>
+    <t>8 ALLEE ROGER LECOTTE 37100 TOURS</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INSTITUT NICOLAS BARRE</t>
+  </si>
+  <si>
+    <t>145 AVENUE MARC SANGNIER 59280 ARMENTIERES</t>
+  </si>
+  <si>
+    <t>05/02/1987</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>ASSOC PRODUCTION SERVICE FORMATION</t>
   </si>
   <si>
     <t>ZAC DE LA BRETELLE LD SALLE D'ASILE 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/11/1991</t>
   </si>
   <si>
     <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
   </si>
   <si>
     <t>CTRE FORMATION D'APPRENTIS</t>
   </si>
   <si>
     <t>53 AVENUE SIDOINE APOLLINAIRE 69009 LYON</t>
   </si>
   <si>
     <t>01/01/1999</t>
-  </si>
-[...31 lines deleted...]
-    <t>85.32Z</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
@@ -1225,227 +1225,227 @@
       <c r="F12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>63</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>38034603100020</v>
+        <v>30791852400017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="3">
-        <v>95970027297</v>
+        <v>24280165228</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77566202600910</v>
+        <v>32570588700033</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="I14" s="3">
-        <v>11750079275</v>
+        <v>24370147037</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>30791852400017</v>
+        <v>34012780200015</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="I15" s="3">
-        <v>24280165228</v>
+        <v>31590068559</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>32570588700033</v>
+        <v>38034603100020</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="I16" s="3">
-        <v>24370147037</v>
+        <v>95970027297</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>34012780200015</v>
+        <v>77566202600910</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="D17" s="2"/>
+      <c r="D17" s="2" t="s">
+        <v>79</v>
+      </c>
       <c r="E17" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="I17" s="3">
-        <v>31590068559</v>
+        <v>11750079275</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>84</v>
       </c>
@@ -2134,51 +2134,51 @@
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>92118308300010</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>110</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="I37" s="3">
         <v>11931110493</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>95132776600014</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
@@ -2243,31 +2243,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/02/2025 05:39:53</dc:description>
+  <dc:description>Export en date du 02/06/2026 13:36:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>