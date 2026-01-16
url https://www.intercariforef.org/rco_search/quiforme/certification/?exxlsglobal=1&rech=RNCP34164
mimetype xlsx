--- v0 (2025-10-14)
+++ v1 (2026-01-16)
@@ -58,264 +58,264 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>INST FORMATION ALTERN COMMERCES METIERS</t>
+  </si>
+  <si>
+    <t>LE PLESSIS BERGERET 85280 LA FERRIERE</t>
+  </si>
+  <si>
+    <t>24/06/1986</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>TETRANERGY</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE QUARTZ 216 BOULEVARD JEAN JAURES 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
     <t>CENTRE DE FORMATION D'APPRENTIS DE L'INSDUSTRIE LIMOUSIN-SITE DE TULLE</t>
   </si>
   <si>
     <t>3 RUE DU 9 JUIN 1944 19000 TULLE</t>
   </si>
   <si>
     <t>11/02/2011</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>IFCE INSTITUT FORMATION COMPTABLE EUROPE</t>
   </si>
   <si>
     <t>56 RUE JACQUES KABLE 67000 STRASBOURG</t>
   </si>
   <si>
     <t>02/06/2000</t>
   </si>
   <si>
-    <t>85.59A</t>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>C.O.D. FORMATION</t>
+  </si>
+  <si>
+    <t>89 QUAI DES CHARTRONS 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/10/2009</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>PARTNER FORMATION</t>
+  </si>
+  <si>
+    <t>26 AVENUE TONY GARNIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>07/06/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASCENCIA BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>LA GRANDE ARCHE 1 LE PARVIS 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>15/03/2018</t>
+  </si>
+  <si>
+    <t>DISTRICOM FORMATION</t>
+  </si>
+  <si>
+    <t>IMM  LA PALMERAIE-2E ETAGE ZI DE JARRY LOT MOUDONG NORD 97122 BAIE MAHAULT</t>
+  </si>
+  <si>
+    <t>01/03/2020</t>
+  </si>
+  <si>
+    <t>GROUPE SCOLAIRE SEVIGNE ST LOUIS</t>
+  </si>
+  <si>
+    <t>2 AVENUE DE LA LIBERATION 63500 ISSOIRE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
   </si>
   <si>
     <t>ASSOCIATION SUP DE VINCI</t>
   </si>
   <si>
     <t>LES COLLINES DE L'ARCHE, MADELEINE D 76 ROUTE DE LA DEMI-LUNE 92800 PUTEAUX</t>
   </si>
   <si>
     <t>18/05/2021</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...4 lines deleted...]
-  <si>
     <t>AFOREM</t>
   </si>
   <si>
     <t>ZI SUD EST 21 RUE DU BIGNON 35135 CHANTEPIE</t>
   </si>
   <si>
     <t>27/03/2015</t>
   </si>
   <si>
     <t>24/10/2022</t>
   </si>
   <si>
     <t>17 RUE DU BIGNON 35000 RENNES</t>
   </si>
   <si>
-    <t>01/08/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS FRANCIL FORMAT PROFES DEVPT APPRENTI</t>
   </si>
   <si>
     <t>84 BOULEVARD HELOISE 95100 ARGENTEUIL</t>
   </si>
   <si>
     <t>20/03/1997</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>CARREL CENTRE DE FORMATION</t>
   </si>
   <si>
     <t>119 RUE BOILEAU 69006 LYON</t>
   </si>
   <si>
     <t>30/05/2012</t>
   </si>
   <si>
-    <t>INST FORMATION ALTERN COMMERCES METIERS</t>
-[...37 lines deleted...]
-  <si>
     <t>ESNA (ECOLE SUPERIEURE DE NEGOCIATION D'AFFAIRES)</t>
   </si>
   <si>
     <t>39 RUE DE LAXOU 54000 NANCY</t>
   </si>
   <si>
     <t>04/11/2019</t>
   </si>
   <si>
     <t>KEYCE ACADEMY - COLLEGE DE PARIS</t>
   </si>
   <si>
     <t>KEYCE ACADEMY</t>
   </si>
   <si>
     <t>RES L AEROPLANE 99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>10/09/2019</t>
   </si>
   <si>
-    <t>ISME</t>
+    <t>EMINEO MANAGEMENT</t>
   </si>
   <si>
     <t>6 RUE DU MOULIN DE LA HALVEQUE 44300 NANTES</t>
   </si>
   <si>
     <t>20/01/2011</t>
   </si>
   <si>
     <t>13/09/2023</t>
   </si>
   <si>
     <t>ISME-LA ROCHELLE</t>
   </si>
   <si>
     <t>2 RUE JOSEPH CUGNOT 17180 PERIGNY</t>
   </si>
   <si>
     <t>03/07/2021</t>
   </si>
   <si>
     <t>ISME - VANNES</t>
   </si>
   <si>
     <t>14 RUE ANITA CONTI 56000 VANNES</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>ISME POITIERS</t>
   </si>
   <si>
     <t>23 AVENUE DES TEMPS MODERNES 86360 CHASSENEUIL-DU-POITOU</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>1 RUE CHRISTIAN PAUC 44300 NANTES</t>
-  </si>
-[...28 lines deleted...]
-    <t>85.31Z</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES APPRENTIS DE L INDUSTRIE LOIRE DROME ARDECHE (CFAI - LDA)</t>
   </si>
   <si>
     <t>16 BOULEVARD ETIVALLIERE 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -729,855 +729,855 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>38356334300060</v>
+        <v>34229971600015</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>74190074219</v>
+        <v>52850056285</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>38391584000037</v>
+        <v>34277034400055</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>42670146267</v>
+        <v>98970026297</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>40955435900037</v>
+        <v>38356334300060</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="I4" s="3">
-        <v>11920947992</v>
+        <v>74190074219</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>41145460600061</v>
+        <v>38391584000037</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I5" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I5" s="3">
+        <v>42670146267</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41145460600087</v>
+        <v>43799625900044</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41298449400010</v>
+        <v>45165687000057</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I7" s="3">
-        <v>11950669095</v>
+        <v>82691006269</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>42466031400024</v>
+        <v>50123141900034</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>82690646369</v>
+        <v>11921662892</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>34229971600015</v>
+        <v>75163954300048</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>52850056285</v>
+        <v>95970176497</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>34277034400055</v>
+        <v>77563471000013</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>50123141900034</v>
+        <v>40955435900037</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I11" s="3">
-        <v>11921662892</v>
+        <v>11920947992</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>45165687000057</v>
+        <v>41145460600061</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="G12" s="2"/>
+        <v>55</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="H12" s="2" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>80966890800035</v>
+        <v>41145460600087</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>53</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="E13" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G13" s="2"/>
+      <c r="G13" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="H13" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>51872913200069</v>
+        <v>41298449400010</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="I14" s="3">
-        <v>91340755234</v>
+        <v>11950669095</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>52919549700019</v>
+        <v>42466031400024</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="G15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I15" s="3">
-        <v>52440616044</v>
+        <v>82690646369</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>52919549700035</v>
+        <v>80966890800035</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D16" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I16" s="3">
-        <v>52440616044</v>
+        <v>41540341454</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>52919549700043</v>
+        <v>51872913200069</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I17" s="3">
-        <v>52440616044</v>
+        <v>91340755234</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>52919549700050</v>
+        <v>52919549700019</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D18" s="2" t="s">
         <v>72</v>
       </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="G18" s="2"/>
+      <c r="G18" s="2" t="s">
+        <v>75</v>
+      </c>
       <c r="H18" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I18" s="3">
         <v>52440616044</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>52919549700068</v>
+        <v>52919549700035</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D19" s="2"/>
+        <v>72</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="I19" s="3">
         <v>52440616044</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>75163954300048</v>
+        <v>52919549700043</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D20" s="2"/>
+        <v>72</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>79</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I20" s="3">
-        <v>95970176497</v>
+        <v>52440616044</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43799625900044</v>
+        <v>52919549700050</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>72</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="E21" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I21" s="3"/>
+        <v>35</v>
+      </c>
+      <c r="I21" s="3">
+        <v>52440616044</v>
+      </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77563471000013</v>
+        <v>52919549700068</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="I22" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I22" s="3">
+        <v>52440616044</v>
+      </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>88474598500017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="I23" s="3">
         <v>84420341742</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1605,31 +1605,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 22:44:34</dc:description>
+  <dc:description>Export en date du 01/16/2026 04:58:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>