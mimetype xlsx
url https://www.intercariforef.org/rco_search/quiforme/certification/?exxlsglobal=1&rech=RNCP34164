--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -106,216 +106,207 @@
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION D'APPRENTIS DE L'INSDUSTRIE LIMOUSIN-SITE DE TULLE</t>
   </si>
   <si>
     <t>3 RUE DU 9 JUIN 1944 19000 TULLE</t>
   </si>
   <si>
     <t>11/02/2011</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>IFCE INSTITUT FORMATION COMPTABLE EUROPE</t>
   </si>
   <si>
     <t>56 RUE JACQUES KABLE 67000 STRASBOURG</t>
   </si>
   <si>
     <t>02/06/2000</t>
   </si>
   <si>
+    <t>ASSOCIATION SUP DE VINCI</t>
+  </si>
+  <si>
+    <t>LES COLLINES DE L'ARCHE, MADELEINE D 76 ROUTE DE LA DEMI-LUNE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>18/05/2021</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
-    <t>C.O.D. FORMATION</t>
-[...5 lines deleted...]
-    <t>01/10/2009</t>
+    <t>AFOREM</t>
+  </si>
+  <si>
+    <t>ZI SUD EST 21 RUE DU BIGNON 35135 CHANTEPIE</t>
+  </si>
+  <si>
+    <t>27/03/2015</t>
+  </si>
+  <si>
+    <t>24/10/2022</t>
+  </si>
+  <si>
+    <t>17 RUE DU BIGNON 35000 RENNES</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
-    <t>85.42Z</t>
+    <t>ASS FRANCIL FORMAT PROFES DEVPT APPRENTI</t>
+  </si>
+  <si>
+    <t>84 BOULEVARD HELOISE 95100 ARGENTEUIL</t>
+  </si>
+  <si>
+    <t>20/03/1997</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>CARREL CENTRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>119 RUE BOILEAU 69006 LYON</t>
+  </si>
+  <si>
+    <t>30/05/2012</t>
   </si>
   <si>
     <t>PARTNER FORMATION</t>
   </si>
   <si>
     <t>26 AVENUE TONY GARNIER 69007 LYON</t>
   </si>
   <si>
     <t>07/06/2021</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASCENCIA BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>LA GRANDE ARCHE 1 LE PARVIS 92800 PUTEAUX</t>
   </si>
   <si>
     <t>15/03/2018</t>
   </si>
   <si>
+    <t>KEYCE ACADEMY - COLLEGE DE PARIS</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY</t>
+  </si>
+  <si>
+    <t>RES L AEROPLANE 99 IMPASSE ADAM SMITH 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>10/09/2019</t>
+  </si>
+  <si>
+    <t>EMINEO MANAGEMENT</t>
+  </si>
+  <si>
+    <t>6 RUE DU MOULIN DE LA HALVEQUE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>20/01/2011</t>
+  </si>
+  <si>
+    <t>13/09/2023</t>
+  </si>
+  <si>
+    <t>ISME-LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>2 RUE JOSEPH CUGNOT 17180 PERIGNY</t>
+  </si>
+  <si>
+    <t>03/07/2021</t>
+  </si>
+  <si>
+    <t>ISME - VANNES</t>
+  </si>
+  <si>
+    <t>14 RUE ANITA CONTI 56000 VANNES</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>ISME POITIERS</t>
+  </si>
+  <si>
+    <t>23 AVENUE DES TEMPS MODERNES 86360 CHASSENEUIL-DU-POITOU</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>1 RUE CHRISTIAN PAUC 44300 NANTES</t>
+  </si>
+  <si>
     <t>DISTRICOM FORMATION</t>
   </si>
   <si>
     <t>IMM  LA PALMERAIE-2E ETAGE ZI DE JARRY LOT MOUDONG NORD 97122 BAIE MAHAULT</t>
   </si>
   <si>
     <t>01/03/2020</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE SEVIGNE ST LOUIS</t>
   </si>
   <si>
     <t>2 AVENUE DE LA LIBERATION 63500 ISSOIRE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
-    <t>ASSOCIATION SUP DE VINCI</t>
-[...43 lines deleted...]
-  <si>
     <t>ESNA (ECOLE SUPERIEURE DE NEGOCIATION D'AFFAIRES)</t>
   </si>
   <si>
     <t>39 RUE DE LAXOU 54000 NANCY</t>
   </si>
   <si>
     <t>04/11/2019</t>
-  </si>
-[...52 lines deleted...]
-    <t>1 RUE CHRISTIAN PAUC 44300 NANTES</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES APPRENTIS DE L INDUSTRIE LOIRE DROME ARDECHE (CFAI - LDA)</t>
   </si>
   <si>
     <t>16 BOULEVARD ETIVALLIERE 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -877,707 +868,695 @@
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
         <v>42670146267</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>43799625900044</v>
+        <v>40955435900037</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="G6" s="2"/>
+      <c r="H6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="G6" s="2" t="s">
-[...5 lines deleted...]
-      <c r="I6" s="3"/>
+      <c r="I6" s="3">
+        <v>11920947992</v>
+      </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>45165687000057</v>
+        <v>41145460600061</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>50123141900034</v>
+        <v>41145460600087</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D8" s="2"/>
-[...6 lines deleted...]
-      <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>75163954300048</v>
+        <v>41298449400010</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="I9" s="3">
-        <v>95970176497</v>
+        <v>11950669095</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77563471000013</v>
+        <v>42466031400024</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="I10" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I10" s="3">
+        <v>82690646369</v>
+      </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>40955435900037</v>
+        <v>43799625900044</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C11" s="2"/>
       <c r="D11" s="2"/>
-      <c r="E11" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
       <c r="G11" s="2"/>
-      <c r="H11" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H11" s="2"/>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41145460600061</v>
+        <v>45165687000057</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I12" s="3"/>
+        <v>51</v>
+      </c>
+      <c r="I12" s="3">
+        <v>82691006269</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>41145460600087</v>
+        <v>50123141900034</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="D13" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I13" s="3"/>
+      <c r="I13" s="3">
+        <v>11921662892</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>41298449400010</v>
+        <v>51872913200069</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>58</v>
-      </c>
-[...5 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>11950669095</v>
+        <v>91340755234</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>42466031400024</v>
+        <v>52919549700019</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G15" s="2"/>
+        <v>61</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>62</v>
+      </c>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I15" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>80966890800035</v>
+        <v>52919549700035</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>65</v>
-      </c>
-[...5 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I16" s="3">
-        <v>41540341454</v>
+        <v>52440616044</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>51872913200069</v>
+        <v>52919549700043</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I17" s="3">
-        <v>91340755234</v>
+        <v>52440616044</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>52919549700019</v>
+        <v>52919549700050</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I18" s="3">
         <v>52440616044</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>52919549700035</v>
+        <v>52919549700068</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D19" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="2" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I19" s="3">
         <v>52440616044</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>52919549700043</v>
+        <v>75163954300048</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I20" s="3">
-        <v>52440616044</v>
+        <v>95970176497</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>52919549700050</v>
+        <v>77563471000013</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>52919549700068</v>
+        <v>80966890800035</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="3">
-        <v>52440616044</v>
+        <v>41540341454</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>88474598500017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="I23" s="3">
         <v>84420341742</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1605,31 +1584,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/16/2026 04:58:45</dc:description>
+  <dc:description>Export en date du 03/03/2026 13:01:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>