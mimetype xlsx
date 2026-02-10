--- v0 (2025-10-20)
+++ v1 (2026-02-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="532">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="533">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -535,50 +535,821 @@
   <si>
     <t>8 ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>04973392997</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DE KAWENI-LYCEE DES METIERS DU GOUT ET DES SAVEURS</t>
   </si>
   <si>
     <t>GRETA - CFA DE MAYOTTE</t>
   </si>
   <si>
     <t>ZI DE KAWENI 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>25/12/2013</t>
   </si>
   <si>
     <t>06970000397</t>
   </si>
   <si>
+    <t xml:space="preserve">	  MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE CASTELNAU-CHALOSSE</t>
+  </si>
+  <si>
+    <t>LIEU-DIT CASSEN 1958 ROUTE DE BADIE 40360 CASTELNAU-CHALOSSE</t>
+  </si>
+  <si>
+    <t>01/01/1980</t>
+  </si>
+  <si>
+    <t>A.F.C.I</t>
+  </si>
+  <si>
+    <t>97 T RUE DE BELLEVUE 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>02/12/2015</t>
+  </si>
+  <si>
+    <t>L2 FORMATIONS</t>
+  </si>
+  <si>
+    <t>21 RUE JACQUARD 94190 VILLENEUVE-SAINT-GEORGES</t>
+  </si>
+  <si>
+    <t>08/11/2021</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>IZI-E 06</t>
+  </si>
+  <si>
+    <t>45 AVENUE THIERS 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>GROUPE GEFOR</t>
+  </si>
+  <si>
+    <t>7 RUE DU LOUVRE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>03/03/2010</t>
+  </si>
+  <si>
+    <t>STELO FORMATION</t>
+  </si>
+  <si>
+    <t>22 RUE D'ANJOU 75008 PARIS</t>
+  </si>
+  <si>
+    <t>03/02/1981</t>
+  </si>
+  <si>
+    <t>PLACE PIERRE JEANNIN 13 RUE DES HALLES 71150 CHAGNY</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN FOURGEAUD 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>3 RUE DES MIMOSAS 06400 CANNES</t>
+  </si>
+  <si>
+    <t>23/04/2014</t>
+  </si>
+  <si>
+    <t>75 LE CHEMIN DES ANGLAIS 62600 BERCK</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>ASSO PROMOTION EDUCATION PERMANENTE</t>
+  </si>
+  <si>
+    <t>ANCIEN HOPITAL 301 AVENUE PHILIPPE DE GIRARD 84400 APT</t>
+  </si>
+  <si>
+    <t>09/10/1987</t>
+  </si>
+  <si>
+    <t>LIGUE DE L'ENSEIGNEMENT NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>33 RUE SAINT DENIS 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>OSENGO</t>
+  </si>
+  <si>
+    <t>37 BOULEVARD ARISTIDE BRIAND 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>8 RUE MARCEL DAVID 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/05/2016</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU PERIGORD NOIR</t>
+  </si>
+  <si>
+    <t>PLACE DU CHAMP DE MARS 24590 SALIGNAC-EYVIGUES</t>
+  </si>
+  <si>
+    <t>31/12/1985</t>
+  </si>
+  <si>
+    <t>FRANCE LANGUES COMMUNICATION</t>
+  </si>
+  <si>
+    <t>FLC FORMATION</t>
+  </si>
+  <si>
+    <t>116 BOULEVARD RAYMOND POINCARE 06160 ANTIBES</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>VECTEUR</t>
+  </si>
+  <si>
+    <t>8 RUE DES FUSILIERS MARINS 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION APPRENTIS PAYS MONTBELIAR</t>
+  </si>
+  <si>
+    <t>RUE DES FRERES LUMIERE 25200 BETHONCOURT</t>
+  </si>
+  <si>
+    <t>01/09/1990</t>
+  </si>
+  <si>
+    <t>EUROFORMATION - CONSULTANCE</t>
+  </si>
+  <si>
+    <t>44 RUE DE LA SINNE 68100 MULHOUSE</t>
+  </si>
+  <si>
+    <t>17/04/1991</t>
+  </si>
+  <si>
+    <t>CENTRE ISP REGION PARISIENNE</t>
+  </si>
+  <si>
+    <t>12 A 14 12 RUE COURAT 75020 PARIS</t>
+  </si>
+  <si>
+    <t>30/09/1999</t>
+  </si>
+  <si>
+    <t>DRAC</t>
+  </si>
+  <si>
+    <t>IFACOM FORMATION</t>
+  </si>
+  <si>
+    <t>60-70 CENTRE SAINT JOHN PERSE QUAI FERDINAND DE LESSEPS 97110 POINTE-A-PITRE</t>
+  </si>
+  <si>
+    <t>01/11/2012</t>
+  </si>
+  <si>
+    <t>JMSA FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>3 RUE DE L'ANTHEMIS 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>30/11/2020</t>
+  </si>
+  <si>
+    <t>ELAN FORMATION</t>
+  </si>
+  <si>
+    <t>202 AVENUE DE COLMAR 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>ADAPEP AFP 2 I</t>
+  </si>
+  <si>
+    <t>2 RUE GUSTAVE EIFFEL 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>01/10/1997</t>
+  </si>
+  <si>
+    <t>SCOP INSTEP</t>
+  </si>
+  <si>
+    <t>INSTEP FORMATION</t>
+  </si>
+  <si>
+    <t>69 FAUBOURG D’ARRAS 59552 LAMBRES-LEZ-DOUAI</t>
+  </si>
+  <si>
+    <t>01/04/1996</t>
+  </si>
+  <si>
+    <t>CATALYSE</t>
+  </si>
+  <si>
+    <t>RUE DE LATTRE DE TASSIGNY 64000 PAU</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>EQUINOXE FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/10/2011</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA PIERRE LEVEE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>30/06/2001</t>
+  </si>
+  <si>
+    <t>70 RUE DES JACOBINS 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>SAS AFEC</t>
+  </si>
+  <si>
+    <t>1 AVENUE DES BEGUINES 95800 CERGY</t>
+  </si>
+  <si>
+    <t>6Q RUE LA DESIREE 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/05/2017</t>
+  </si>
+  <si>
+    <t>MINIPARC - IMMEUBLE A 8 RUE DU PROFESSEUR ANDRE LAVIGNOLLE 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>UGECAM HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>CTRE LILLOIS DE REEDUCATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>3 RUE DU DOCTEUR CHARCOT 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>JMN</t>
+  </si>
+  <si>
+    <t>F.A.C. HOTEL</t>
+  </si>
+  <si>
+    <t>8 RUE LINCOLN 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>H &amp; C CONSEIL</t>
+  </si>
+  <si>
+    <t>6 PLACE DE REGENSBURG 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>15/02/2005</t>
+  </si>
+  <si>
+    <t>H2C CONSEIL</t>
+  </si>
+  <si>
+    <t>39 RUE POMIER-LAYRARGUES 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>BAT.K VILLE ACTIVE 32 RUE ROBERT MALLET STEVENS 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>7 RUE ARISTIDE BERGES 66330 CABESTANY</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>HOMMES ET SAVOIRS</t>
+  </si>
+  <si>
+    <t>56 AVENUE ALIENOR D'AQUITAINE 17200 ROYAN</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>RESSOURCES FORMATION</t>
+  </si>
+  <si>
+    <t>147-149 147 RUE BELLIARD 75018 PARIS</t>
+  </si>
+  <si>
+    <t>18/02/2016</t>
+  </si>
+  <si>
+    <t>FRASER FORMATION ASSO CULT EUROP</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE VERDI GOUNOD 20 RUE VERDI 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/06/2009</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>ATK CONSEILS</t>
+  </si>
+  <si>
+    <t>2 RUE CATULLE MENDES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>ACI PERFORMANCE</t>
+  </si>
+  <si>
+    <t>4 RUE LOUIS ADAM 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>10/11/2004</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>60 AVENUE JOSEPH RAYNAUD 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>CAP FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE BENOIT FRACHON 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>SARL DEVELOPPEMENT AGRO ECONOMIQUE SECURITE ALIMENTAIRE</t>
+  </si>
+  <si>
+    <t>PASSAMAINTI 8 RTE DE VAHIBE RES RIVIERA 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>24/07/2007</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>06970002397</t>
+  </si>
+  <si>
+    <t>PERFORMA</t>
+  </si>
+  <si>
+    <t>9 RUE DES DOUANES 83520 ROQUEBRUNE-SUR-ARGENS</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DES ETABLISSEMENTS TOURISTIQUES ET HOTELIERS</t>
+  </si>
+  <si>
+    <t>132 BOULEVARD DE L'INDUSTRIE 83480 PUGET-SUR-ARGENS</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
+    <t>NORMANDIE FORMATION</t>
+  </si>
+  <si>
+    <t>11 T AVENUE DU CHATEAU 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>02/09/2024</t>
+  </si>
+  <si>
+    <t>ECOLE NATIONALE DES VINS ET BOISSONS</t>
+  </si>
+  <si>
+    <t>2 RUE MAURICE RAVEL 30100 ALES</t>
+  </si>
+  <si>
+    <t>25/06/2011</t>
+  </si>
+  <si>
+    <t>APPRENTIS D'AUTEUIL MAYOTTE</t>
+  </si>
+  <si>
+    <t>AUTEUIL OCEAN INDIEN AGEPAC MAYOTTE</t>
+  </si>
+  <si>
+    <t>16 RUE DE L'HOPITAL 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>REUNION APPRENTISSAGE FORMATION</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SAINTE CLOTILDE 59 AVENUE MARCEL HOARAU 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>25/11/2020</t>
+  </si>
+  <si>
+    <t>ADG</t>
+  </si>
+  <si>
+    <t>15 RUE DU LOUVRE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>12/04/2022</t>
+  </si>
+  <si>
+    <t>APIFOP ASSOCIATION POUR L'INSERTION PAR LA FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>43 RUE DU COMMANDANT ROLLAND 93350 LE BOURGET</t>
+  </si>
+  <si>
+    <t>29/06/2018</t>
+  </si>
+  <si>
+    <t>CONFLUENCE FORMATION</t>
+  </si>
+  <si>
+    <t>13 RUE DU BAIN-AUX-PLANTES 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>20/08/2010</t>
+  </si>
+  <si>
+    <t>SKILL AND YOU</t>
+  </si>
+  <si>
+    <t>85-87 85 RUE GABRIEL PERI 92120 MONTROUGE</t>
+  </si>
+  <si>
+    <t>16/03/2015</t>
+  </si>
+  <si>
+    <t>ACADEMIE.LAX FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>175 RTE DE PRADES 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>VIP&amp;CO</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES GRAND VAR   BAT B 1110 CHEMIN DES PLANTADES 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>04/09/2020</t>
+  </si>
+  <si>
+    <t>ACSEA</t>
+  </si>
+  <si>
+    <t>LES CEDRES FORMATION</t>
+  </si>
+  <si>
+    <t>57 BOULEVARD HERBET FOURNET 14100 LISIEUX</t>
+  </si>
+  <si>
+    <t>01/10/1983</t>
+  </si>
+  <si>
+    <t>OGEC VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>32 RUE BAUDIMONT 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>LADAPT</t>
+  </si>
+  <si>
+    <t>2 B RUE PIERRE BEREGOVOY 51350 CORMONTREUIL</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>LD LE BOURG 63210 VERNINES</t>
+  </si>
+  <si>
+    <t>03/03/2009</t>
+  </si>
+  <si>
+    <t>FRATE FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>83 RUE DE DOLE 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
+    <t>FONDATION EDITH SELTZER</t>
+  </si>
+  <si>
+    <t>CENTRE REED PROF CHANTOISEAU</t>
+  </si>
+  <si>
+    <t>118 ROUTE DE GRENOBLE 05100 BRIANCON</t>
+  </si>
+  <si>
+    <t>01/01/1990</t>
+  </si>
+  <si>
+    <t>ORGANISME GESTION JEANNE D ARC AULNOYE</t>
+  </si>
+  <si>
+    <t>157 RUE DE L'HOTEL DE VILLE 59620 AULNOYE-AYMERIES</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+  </si>
+  <si>
+    <t>INFA GOUVIEUX</t>
+  </si>
+  <si>
+    <t>LE MANOIR CHEMIN DES AIGLES 60500 GOUVIEUX</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>6 PL NATIONALE CHARLES DE GAULLE 39100 DOLE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>15 RUE DU GUE 58000 NEVERS</t>
+  </si>
+  <si>
+    <t>22/05/2017</t>
+  </si>
+  <si>
+    <t>26 PROMENADE DU GRAND LARGE 64600 ANGLET</t>
+  </si>
+  <si>
+    <t>10/12/2018</t>
+  </si>
+  <si>
+    <t>17 RUE DU COMMANDANT COUSTEAU 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>12 AVENUE DU VAL DE FONTENAY 94120 FONTENAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>3 PLACE LAHERRERE 64000 PAU</t>
+  </si>
+  <si>
+    <t>02/05/2023</t>
+  </si>
+  <si>
+    <t>OGEC STE CATHERINE</t>
+  </si>
+  <si>
+    <t>202 RUE DE SAINT AUBIN 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>25/12/1986</t>
+  </si>
+  <si>
+    <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
+  </si>
+  <si>
+    <t>LES ETABLIERES-SUP MANAGEMENT</t>
+  </si>
+  <si>
+    <t>11 RUE DU MARAIS 85300 CHALLANS</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>IDC FORMATION</t>
+  </si>
+  <si>
+    <t>40 RUE DE PARIS 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>28/07/2022</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>CAFHOREST FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>3159 ROUTE DE MONTABO 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>CENTRE REUNIONNAIS D'ENTREPRISE EDUCATIVE</t>
+  </si>
+  <si>
+    <t>2 RUE MARIUS ET ARY LEBLOND 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>13/05/2013</t>
+  </si>
+  <si>
+    <t>ACFAL FORMATION</t>
+  </si>
+  <si>
+    <t>21 PLACE TOLOZAN 69001 LYON</t>
+  </si>
+  <si>
+    <t>30/06/2014</t>
+  </si>
+  <si>
+    <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>21 RUE PELLART 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
+  </si>
+  <si>
+    <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>22/12/2016</t>
+  </si>
+  <si>
+    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT ANDRE</t>
+  </si>
+  <si>
+    <t>421 CHEMIN LAGOURGUE 97440 SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT DES METIERS NETWORK</t>
+  </si>
+  <si>
+    <t>ZA DU PUECH RADIER 260 RUE DU PUECH RADIER 34970 LATTES</t>
+  </si>
+  <si>
+    <t>28/02/2018</t>
+  </si>
+  <si>
+    <t>PA PILATERIE 7-ARTICLUB NUMERO 2 RUE DES CHAMPS 59491 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>21/11/2022</t>
+  </si>
+  <si>
+    <t>LE COURS JULES VERNE</t>
+  </si>
+  <si>
+    <t>3 AVENUE ELIE SERMET 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>06/12/2021</t>
+  </si>
+  <si>
     <t>FORMATION PLUS MEDITERRANEE</t>
   </si>
   <si>
     <t>32-33 32 BOULEVARD JEAN BOURRAT 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>15/11/2015</t>
   </si>
   <si>
     <t>AIR'LISE FORMATION SAS</t>
   </si>
   <si>
     <t>QUARTIER D'AFFAIRES DE SAVANNA 14 RUE JULES THIREL 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>29/05/2018</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
@@ -682,857 +1453,98 @@
   <si>
     <t>LD MAGNIFICCI 20290 BORGO</t>
   </si>
   <si>
     <t>9 RUE MARC SEGUIN 94000 CRETEIL</t>
   </si>
   <si>
     <t>75 BOULEVARD GAMBETTA 35400 SAINT-MALO</t>
   </si>
   <si>
     <t>BATIMENT 1  1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
   <si>
     <t>PROPRIETE DE L'ARCHETTE RUE BASSE MOUILLERE 45160 OLIVET</t>
   </si>
   <si>
     <t>TKL FORMA</t>
   </si>
   <si>
     <t>ZA CHEMIN D'AIX 436 AVENUE DE LA MAXIMINOISE 83470 SAINT-MAXIMIN-LA-SAINTE-BAUME</t>
   </si>
   <si>
     <t>01/03/2020</t>
   </si>
   <si>
-    <t>CTRE FORMATION APPRENTIS PAYS MONTBELIAR</t>
-[...745 lines deleted...]
-  <si>
     <t>CRC</t>
   </si>
   <si>
     <t>CR CONSULTING</t>
   </si>
   <si>
     <t>401 CHEMIN DES PLANTADES 83130 LA GARDE</t>
   </si>
   <si>
     <t>02/04/2021</t>
   </si>
   <si>
     <t>ZENITH</t>
   </si>
   <si>
     <t>50 RUE DE PONTOISE 95870 BEZONS</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
-    <t>IZI-E 06</t>
-[...7 lines deleted...]
-  <si>
     <t>PLURIELS NORMANDIE</t>
   </si>
   <si>
     <t>2 CRS JEAN-BAPTISTE DUCASSE 76200 DIEPPE</t>
   </si>
   <si>
     <t>LV CONSULTANTS</t>
   </si>
   <si>
     <t>4160 ROUTE DE MONTABO 97300 CAYENNE</t>
   </si>
   <si>
     <t>25/07/2018</t>
   </si>
   <si>
     <t>03973165997</t>
   </si>
   <si>
     <t>MP INSTITUT</t>
   </si>
   <si>
     <t>2 RUE DES TANNERIES 71400 AUTUN</t>
   </si>
   <si>
     <t>18/03/2019</t>
   </si>
   <si>
-    <t>30/09/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>79.11Z</t>
   </si>
   <si>
     <t>LIBERTY-JOB</t>
   </si>
   <si>
     <t>LIBERTY JOB</t>
   </si>
   <si>
     <t>653 CHEMIN DE LUCQ 40290 HABAS</t>
   </si>
   <si>
     <t>08/04/2019</t>
   </si>
   <si>
     <t>WIN COMPETENCE FORMATION</t>
   </si>
   <si>
     <t>12 RUE MARIO CAPRA 94400 VITRY-SUR-SEINE</t>
   </si>
   <si>
     <t>21/05/2019</t>
   </si>
   <si>
     <t>ANTILLES TOURISME MANAGEMENT &amp; FORMATION</t>
@@ -1574,59 +1586,50 @@
     <t>10/06/2020</t>
   </si>
   <si>
     <t>ISIM</t>
   </si>
   <si>
     <t>66 AVENUE VALERY GISCARD D'ESTAING 06200 NICE</t>
   </si>
   <si>
     <t>20/08/2020</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>LUXURY ACADEMIE</t>
   </si>
   <si>
     <t>BUREAU 562 78 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
   </si>
   <si>
     <t>02/01/2021</t>
-  </si>
-[...7 lines deleted...]
-    <t>08/11/2021</t>
   </si>
   <si>
     <t>EHO L'ECOLE HOTELIERE</t>
   </si>
   <si>
     <t>11 RUE DU DEBARCADERE 92700 COLOMBES</t>
   </si>
   <si>
     <t>23/12/2021</t>
   </si>
   <si>
     <t>INSTITUT DES COMPETENCES ET DES METIERS DE DEMAIN</t>
   </si>
   <si>
     <t>91 RUE DU FAUBOURG SAINT-HONORE 75008 PARIS</t>
   </si>
   <si>
     <t>09/05/2022</t>
   </si>
   <si>
     <t>EMPORUS</t>
   </si>
   <si>
     <t>11 AVENUE DE MONTPELLIER 34800 CLERMONT-L'HERAULT</t>
   </si>
@@ -3448,5245 +3451,5249 @@
       <c r="F37" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>172</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>81456842400018</v>
+        <v>39266729100018</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>174</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>175</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="I38" s="3">
-        <v>91660191666</v>
+        <v>72400021740</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>81875335200025</v>
+        <v>39297563700043</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>178</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I39" s="3">
-        <v>98973060797</v>
+        <v>11922122692</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>82409268800012</v>
+        <v>90496466500015</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I40" s="3">
-        <v>11930762893</v>
+        <v>11941120194</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82409268800053</v>
+        <v>83747318000029</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="G41" s="2"/>
+        <v>185</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="H41" s="2" t="s">
-        <v>35</v>
+        <v>187</v>
       </c>
       <c r="I41" s="3">
-        <v>11930762893</v>
+        <v>93061011606</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82409268800095</v>
+        <v>43511181000048</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>26</v>
+        <v>190</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I42" s="3">
-        <v>11930762893</v>
+        <v>11754364975</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82409268800111</v>
+        <v>31513169800047</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>26</v>
+        <v>193</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>35</v>
+        <v>187</v>
       </c>
       <c r="I43" s="3">
-        <v>11930762893</v>
+        <v>11750763975</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82409268800137</v>
+        <v>31513169800120</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>26</v>
+        <v>195</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>35</v>
+        <v>187</v>
       </c>
       <c r="I44" s="3">
-        <v>11930762893</v>
+        <v>11750763975</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82409268800145</v>
+        <v>31513169800153</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>26</v>
+        <v>197</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I45" s="3">
-        <v>11930762893</v>
+        <v>11750763975</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82409268800178</v>
+        <v>31513169800179</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>187</v>
+        <v>198</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>26</v>
+        <v>199</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I46" s="3">
-        <v>11930762893</v>
+        <v>11750763975</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82409268800186</v>
+        <v>31513169800211</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>26</v>
+        <v>201</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I47" s="3">
-        <v>11930762893</v>
+        <v>11750763975</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82409268800210</v>
+        <v>32361352100026</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>179</v>
+        <v>202</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I48" s="3">
-        <v>11930762893</v>
+        <v>93840018184</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>82409268800244</v>
+        <v>32385851400017</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>179</v>
+        <v>205</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>190</v>
+        <v>206</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>26</v>
+        <v>207</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I49" s="3">
-        <v>11930762893</v>
+        <v>54860088786</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82409268800251</v>
+        <v>32396166400121</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>179</v>
+        <v>208</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>191</v>
+        <v>209</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>192</v>
+        <v>210</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>35</v>
+        <v>187</v>
       </c>
       <c r="I50" s="3">
-        <v>11930762893</v>
+        <v>83630030163</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82422814200124</v>
+        <v>32441928201233</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D51" s="2"/>
+        <v>211</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="E51" s="2" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>26</v>
+        <v>214</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I51" s="3">
-        <v>11930743393</v>
+        <v>11753781075</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82422814200140</v>
+        <v>33473281500017</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>193</v>
+        <v>215</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>195</v>
+        <v>216</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>26</v>
+        <v>217</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>35</v>
+        <v>187</v>
       </c>
       <c r="I52" s="3">
-        <v>11930743393</v>
+        <v>72240079024</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814200363</v>
+        <v>34539593300046</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D53" s="2"/>
+        <v>218</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="E53" s="2" t="s">
-        <v>196</v>
+        <v>220</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>26</v>
+        <v>221</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I53" s="3">
-        <v>11930743393</v>
+        <v>93060554806</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82422814200371</v>
+        <v>34928432300038</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>193</v>
+        <v>222</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>197</v>
+        <v>223</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>26</v>
+        <v>117</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I54" s="3">
-        <v>11930743393</v>
+        <v>31780177459</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82422814200488</v>
+        <v>37931209300014</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>193</v>
+        <v>224</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>198</v>
+        <v>225</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>26</v>
+        <v>226</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="I55" s="3">
-        <v>11930743393</v>
+        <v>43250241625</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82422814200520</v>
+        <v>38258699800017</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>193</v>
+        <v>227</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>199</v>
+        <v>228</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>26</v>
+        <v>229</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I56" s="3">
-        <v>11930743393</v>
+        <v>42680082368</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>82422814200611</v>
+        <v>38505521500037</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>193</v>
+        <v>230</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>200</v>
+        <v>231</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>26</v>
+        <v>232</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I57" s="3">
-        <v>11930743393</v>
+        <v>11756874275</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>82422814200652</v>
+        <v>38808439400062</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>233</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>234</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>201</v>
+        <v>235</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>26</v>
+        <v>236</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I58" s="3">
-        <v>11930743393</v>
+        <v>95970037097</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>82422814200702</v>
+        <v>38909782500050</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>193</v>
+        <v>237</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>202</v>
+        <v>238</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>26</v>
+        <v>239</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I59" s="3">
-        <v>11930743393</v>
+        <v>22600085860</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82422814200876</v>
+        <v>39075824100041</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>193</v>
+        <v>240</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>203</v>
+        <v>241</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>26</v>
+        <v>242</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I60" s="3">
-        <v>11930743393</v>
+        <v>42670182967</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>82422814201015</v>
+        <v>40144581200035</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>193</v>
+        <v>243</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>204</v>
+        <v>244</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>26</v>
+        <v>245</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I61" s="3">
-        <v>11930743393</v>
+        <v>31620099862</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>82422814201056</v>
+        <v>40487427300109</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>246</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>247</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>205</v>
+        <v>248</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>26</v>
+        <v>249</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I62" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I62" s="3"/>
       <c r="J62" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>82422814201114</v>
+        <v>40765437500044</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>250</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>250</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>206</v>
+        <v>251</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="G63" s="2"/>
+        <v>252</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>253</v>
+      </c>
       <c r="H63" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I63" s="3">
-        <v>11930743393</v>
+        <v>73650023765</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>82422814201148</v>
+        <v>41159185200073</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>193</v>
+        <v>254</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>207</v>
+        <v>255</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>26</v>
+        <v>256</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I64" s="3">
-        <v>11930743393</v>
+        <v>96973018697</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>82422814201163</v>
+        <v>42219375500028</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>193</v>
+        <v>257</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>208</v>
+        <v>258</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>26</v>
+        <v>259</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I65" s="3">
-        <v>11930743393</v>
+        <v>11753582375</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>82422814201171</v>
+        <v>42219375500549</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>193</v>
+        <v>257</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>209</v>
+        <v>260</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I66" s="3">
-        <v>11930743393</v>
+        <v>11753582375</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>82422814201197</v>
+        <v>42219375500655</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D67" s="2"/>
+        <v>257</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>262</v>
+      </c>
       <c r="E67" s="2" t="s">
-        <v>210</v>
+        <v>263</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I67" s="3">
-        <v>11930743393</v>
+        <v>11753582375</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>82422814201205</v>
+        <v>42219375500689</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>193</v>
+        <v>257</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>211</v>
+        <v>264</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>26</v>
+        <v>265</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I68" s="3">
-        <v>11930743393</v>
+        <v>11753582375</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>82422814201254</v>
+        <v>42219375500713</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>193</v>
+        <v>257</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>212</v>
+        <v>266</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>26</v>
+        <v>267</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I69" s="3">
-        <v>11930743393</v>
+        <v>11753582375</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>82422814201320</v>
+        <v>42362826200069</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D70" s="2"/>
+        <v>268</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>269</v>
+      </c>
       <c r="E70" s="2" t="s">
-        <v>213</v>
+        <v>270</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>26</v>
+        <v>271</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>35</v>
+        <v>272</v>
       </c>
       <c r="I70" s="3">
-        <v>11930743393</v>
+        <v>31590738359</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>82422814201437</v>
+        <v>42400875300024</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D71" s="2"/>
+        <v>273</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>274</v>
+      </c>
       <c r="E71" s="2" t="s">
-        <v>214</v>
+        <v>275</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>26</v>
+        <v>276</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>35</v>
+        <v>277</v>
       </c>
       <c r="I71" s="3">
-        <v>11930743393</v>
+        <v>11754911475</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>82422814201643</v>
+        <v>42924994900075</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>193</v>
+        <v>278</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>215</v>
+        <v>279</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>26</v>
+        <v>280</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I72" s="3">
-        <v>11930743393</v>
+        <v>83630337163</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>82422814201759</v>
+        <v>42924994900133</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D73" s="2"/>
+        <v>278</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>281</v>
+      </c>
       <c r="E73" s="2" t="s">
-        <v>216</v>
+        <v>282</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>26</v>
+        <v>283</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>35</v>
+        <v>277</v>
       </c>
       <c r="I73" s="3">
-        <v>11930743393</v>
+        <v>83630337163</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>82422814201783</v>
+        <v>42924994900141</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>193</v>
+        <v>278</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>217</v>
+        <v>284</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>26</v>
+        <v>285</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>35</v>
+        <v>277</v>
       </c>
       <c r="I74" s="3">
-        <v>11930743393</v>
+        <v>83630337163</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>82422814201809</v>
+        <v>42924994900158</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D75" s="2"/>
+        <v>278</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>278</v>
+      </c>
       <c r="E75" s="2" t="s">
-        <v>218</v>
+        <v>286</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>26</v>
+        <v>287</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>35</v>
+        <v>277</v>
       </c>
       <c r="I75" s="3">
-        <v>11930743393</v>
+        <v>83630337163</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>82431407400041</v>
+        <v>43292624400109</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>219</v>
+        <v>288</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>220</v>
+        <v>289</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>221</v>
+        <v>290</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I76" s="3">
-        <v>93830525383</v>
+        <v>54170092817</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>37931209300014</v>
+        <v>47914211900052</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>222</v>
+        <v>291</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>223</v>
+        <v>292</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>224</v>
+        <v>293</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="I77" s="3">
-        <v>43250241625</v>
+        <v>11754538275</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>38258699800017</v>
+        <v>47916524300029</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>225</v>
+        <v>294</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>226</v>
+        <v>295</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>227</v>
+        <v>296</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>35</v>
+        <v>297</v>
       </c>
       <c r="I78" s="3">
-        <v>42680082368</v>
+        <v>93060572506</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>38505521500037</v>
+        <v>47946661700020</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>228</v>
+        <v>298</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>229</v>
+        <v>299</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>230</v>
+        <v>300</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I79" s="3">
-        <v>11756874275</v>
+        <v>11753829375</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>38808439400062</v>
+        <v>47956103700017</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>231</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>233</v>
+        <v>302</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>234</v>
+        <v>303</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I80" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I80" s="3"/>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>38909782500050</v>
+        <v>48908897100168</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>235</v>
+        <v>304</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>236</v>
+        <v>305</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>237</v>
+        <v>306</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I81" s="3">
-        <v>22600085860</v>
+        <v>93830380583</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>39075824100041</v>
+        <v>49358822200080</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>238</v>
+        <v>307</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>239</v>
+        <v>308</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>240</v>
+        <v>26</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I82" s="3">
-        <v>42670182967</v>
+        <v>52440519544</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>39266729100018</v>
+        <v>49784180900021</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>241</v>
+        <v>309</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>242</v>
+        <v>310</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="G83" s="2"/>
+        <v>311</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>312</v>
+      </c>
       <c r="H83" s="2" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>72400021740</v>
+        <v>313</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>314</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>39297563700043</v>
+        <v>50027240600025</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>244</v>
+        <v>315</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>245</v>
+        <v>316</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>246</v>
+        <v>317</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>35</v>
+        <v>318</v>
       </c>
       <c r="I84" s="3">
-        <v>11922122692</v>
+        <v>93830416683</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>40144581200035</v>
+        <v>50268951600081</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>247</v>
+        <v>319</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>248</v>
+        <v>320</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>249</v>
+        <v>321</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I85" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I85" s="3"/>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>53018898600059</v>
+        <v>50471568100038</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>250</v>
+        <v>322</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>251</v>
+        <v>323</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="G86" s="2"/>
+        <v>324</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>325</v>
+      </c>
       <c r="H86" s="2" t="s">
-        <v>253</v>
+        <v>35</v>
       </c>
       <c r="I86" s="3">
-        <v>11922302792</v>
+        <v>23270151527</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>75293511400021</v>
+        <v>51129826700028</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>254</v>
+        <v>326</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>255</v>
+        <v>327</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>21</v>
+        <v>328</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>35</v>
+        <v>187</v>
       </c>
       <c r="I87" s="3">
-        <v>91660163366</v>
+        <v>76300443830</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>75353047600039</v>
+        <v>51159375800010</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>256</v>
+        <v>329</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>256</v>
+        <v>330</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>257</v>
+        <v>331</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>258</v>
+        <v>332</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I88" s="3"/>
       <c r="J88" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>77556139200330</v>
+        <v>51352354800024</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>260</v>
+        <v>333</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>261</v>
+        <v>334</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>262</v>
+        <v>335</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>263</v>
+        <v>336</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I89" s="3">
-        <v>25140027514</v>
+        <v>98970344897</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>41159185200073</v>
+        <v>52004190600048</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>264</v>
+        <v>337</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>265</v>
+        <v>338</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>266</v>
+        <v>339</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>35</v>
+        <v>187</v>
       </c>
       <c r="I90" s="3">
-        <v>96973018697</v>
+        <v>11754522075</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>42219375500028</v>
+        <v>52431321000048</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>267</v>
+        <v>340</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>268</v>
+        <v>341</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>269</v>
+        <v>342</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I91" s="3">
-        <v>11753582375</v>
+        <v>11930726793</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>42219375500549</v>
+        <v>52505175100010</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>267</v>
+        <v>343</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>270</v>
+        <v>344</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>271</v>
+        <v>345</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I92" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I92" s="3"/>
       <c r="J92" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>42219375500655</v>
+        <v>53018898600059</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>273</v>
+        <v>347</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>107</v>
+        <v>348</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>35</v>
+        <v>318</v>
       </c>
       <c r="I93" s="3">
-        <v>11753582375</v>
+        <v>11922302792</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>42219375500689</v>
+        <v>75293511400021</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>267</v>
+        <v>349</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>274</v>
+        <v>350</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>275</v>
+        <v>21</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I94" s="3">
-        <v>11753582375</v>
+        <v>91660163366</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>42219375500713</v>
+        <v>75353047600039</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="D95" s="2"/>
+        <v>351</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>351</v>
+      </c>
       <c r="E95" s="2" t="s">
-        <v>276</v>
+        <v>352</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>277</v>
+        <v>353</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>35</v>
+        <v>277</v>
       </c>
       <c r="I95" s="3">
-        <v>11753582375</v>
+        <v>93830446383</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>42362826200069</v>
+        <v>77556139200330</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>278</v>
+        <v>354</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>279</v>
+        <v>355</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>280</v>
+        <v>356</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>281</v>
+        <v>357</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>282</v>
+        <v>35</v>
       </c>
       <c r="I96" s="3">
-        <v>31590738359</v>
+        <v>25140027514</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>42400875300024</v>
+        <v>77563016300019</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>285</v>
+        <v>359</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>286</v>
+        <v>360</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>259</v>
+        <v>148</v>
       </c>
       <c r="I97" s="3">
-        <v>11754911475</v>
+        <v>31620012662</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>42924994900075</v>
+        <v>77569338501853</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>287</v>
+        <v>361</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>288</v>
+        <v>362</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>289</v>
+        <v>363</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I98" s="3">
-        <v>83630337163</v>
+        <v>11930425593</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>42924994900133</v>
+        <v>77925023200039</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>287</v>
-[...3 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>291</v>
+        <v>365</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>292</v>
+        <v>366</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>259</v>
+        <v>41</v>
       </c>
       <c r="I99" s="3">
-        <v>83630337163</v>
+        <v>83630363963</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>42924994900141</v>
+        <v>78162137000159</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>287</v>
+        <v>367</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>293</v>
+        <v>368</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>294</v>
+        <v>369</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>259</v>
+        <v>35</v>
       </c>
       <c r="I100" s="3">
-        <v>83630337163</v>
+        <v>43250000225</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>42924994900158</v>
+        <v>78242485700020</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>287</v>
+        <v>370</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>287</v>
+        <v>371</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>295</v>
+        <v>372</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>296</v>
+        <v>373</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="I101" s="3">
-        <v>83630337163</v>
+        <v>93750010005</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>43292624400109</v>
+        <v>78351045600016</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>297</v>
+        <v>374</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>298</v>
+        <v>375</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>299</v>
+        <v>360</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>35</v>
+        <v>148</v>
       </c>
       <c r="I102" s="3">
-        <v>54170092817</v>
+        <v>31590120659</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>43511181000048</v>
+        <v>78574029100071</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="D103" s="2"/>
+        <v>376</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>377</v>
+      </c>
       <c r="E103" s="2" t="s">
-        <v>301</v>
+        <v>378</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>302</v>
+        <v>379</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I103" s="3">
-        <v>11754364975</v>
+        <v>11940392094</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>48908897100168</v>
+        <v>78574029100857</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>303</v>
+        <v>376</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>304</v>
+        <v>380</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>305</v>
+        <v>381</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I104" s="3">
-        <v>93830380583</v>
+        <v>11940392094</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>49358822200080</v>
+        <v>78574029100931</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>306</v>
+        <v>376</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>307</v>
+        <v>382</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>26</v>
+        <v>383</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I105" s="3">
-        <v>52440519544</v>
+        <v>11940392094</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>49784180900021</v>
+        <v>78574029100980</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>308</v>
+        <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>309</v>
+        <v>376</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>310</v>
+        <v>384</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>187</v>
+      </c>
+      <c r="I106" s="3">
+        <v>11940392094</v>
       </c>
       <c r="J106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>50027240600025</v>
+        <v>78574029101012</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>315</v>
+        <v>376</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>316</v>
+        <v>386</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>317</v>
+        <v>387</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>253</v>
+        <v>35</v>
       </c>
       <c r="I107" s="3">
-        <v>93830416683</v>
+        <v>11940392094</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>50268951600081</v>
+        <v>78574029101020</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>318</v>
+        <v>376</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>319</v>
+        <v>388</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>320</v>
+        <v>389</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I108" s="3"/>
+      <c r="I108" s="3">
+        <v>11940392094</v>
+      </c>
       <c r="J108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>50471568100038</v>
+        <v>78574029101046</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>308</v>
+        <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>321</v>
+        <v>376</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>322</v>
+        <v>390</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I109" s="3">
-        <v>23270151527</v>
+        <v>11940392094</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>31513169800047</v>
+        <v>78633676800035</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>325</v>
+        <v>392</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>326</v>
+        <v>393</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>327</v>
+        <v>394</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>328</v>
+        <v>148</v>
       </c>
       <c r="I110" s="3">
-        <v>11750763975</v>
+        <v>52720018672</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>31513169800120</v>
+        <v>78644691400164</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="D111" s="2"/>
+        <v>395</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>396</v>
+      </c>
       <c r="E111" s="2" t="s">
-        <v>329</v>
+        <v>397</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>330</v>
+        <v>398</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>328</v>
+        <v>399</v>
       </c>
       <c r="I111" s="3">
-        <v>11750763975</v>
+        <v>52850007685</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>31513169800153</v>
+        <v>78959188000222</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>325</v>
+        <v>400</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>331</v>
+        <v>401</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="G112" s="2"/>
+        <v>402</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>403</v>
+      </c>
       <c r="H112" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I112" s="3">
-        <v>11750763975</v>
+        <v>11922122792</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>31513169800179</v>
+        <v>79186339200019</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>325</v>
+        <v>404</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>333</v>
+        <v>405</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>334</v>
+        <v>406</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>35</v>
+        <v>187</v>
       </c>
       <c r="I113" s="3">
-        <v>11750763975</v>
+        <v>96973049897</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>31513169800211</v>
+        <v>79374443400010</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>325</v>
+        <v>407</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>335</v>
+        <v>408</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>336</v>
+        <v>409</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I114" s="3">
-        <v>11750763975</v>
+        <v>98970425197</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>32361352100026</v>
+        <v>80235447200044</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>337</v>
+        <v>410</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>338</v>
+        <v>411</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>339</v>
+        <v>412</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I115" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I115" s="3"/>
       <c r="J115" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>32385851400017</v>
+        <v>80443252400010</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>340</v>
+        <v>413</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>341</v>
+        <v>414</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>342</v>
+        <v>45</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>35</v>
+        <v>148</v>
       </c>
       <c r="I116" s="3">
-        <v>54860088786</v>
+        <v>31590878459</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>32396166400121</v>
+        <v>81142142900028</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>343</v>
+        <v>415</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>344</v>
+        <v>416</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>345</v>
+        <v>417</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>328</v>
+        <v>35</v>
       </c>
       <c r="I117" s="3">
-        <v>83630030163</v>
+        <v>97973068497</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>32441928201233</v>
+        <v>81229926100022</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>346</v>
+        <v>418</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>347</v>
+        <v>419</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>348</v>
+        <v>420</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>349</v>
+        <v>421</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I118" s="3">
-        <v>11753781075</v>
+        <v>98970001397</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>33473281500017</v>
+        <v>81272495300029</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>350</v>
+        <v>422</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>351</v>
+        <v>423</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>352</v>
+        <v>424</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>328</v>
+        <v>35</v>
       </c>
       <c r="I119" s="3">
-        <v>72240079024</v>
+        <v>91340869334</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>34539593300046</v>
+        <v>81272495300052</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>355</v>
+        <v>425</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>356</v>
+        <v>426</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I120" s="3">
-        <v>93060554806</v>
+        <v>91340869334</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>47914211900052</v>
+        <v>81298455700031</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>357</v>
+        <v>427</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>358</v>
+        <v>428</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>359</v>
+        <v>429</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>35</v>
+        <v>187</v>
       </c>
       <c r="I121" s="3">
-        <v>11754538275</v>
+        <v>91340880834</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>47916524300029</v>
+        <v>81456842400018</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>360</v>
+        <v>430</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>361</v>
+        <v>431</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>362</v>
+        <v>432</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>363</v>
+        <v>35</v>
       </c>
       <c r="I122" s="3">
-        <v>93060572506</v>
+        <v>91660191666</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>47946661700020</v>
+        <v>81875335200025</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>364</v>
+        <v>433</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>365</v>
+        <v>434</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>366</v>
+        <v>435</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I123" s="3">
-        <v>11753829375</v>
+        <v>98973060797</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>47956103700017</v>
+        <v>82409268800012</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>367</v>
+        <v>436</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>368</v>
+        <v>437</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>369</v>
+        <v>438</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I124" s="3"/>
+      <c r="I124" s="3">
+        <v>11930762893</v>
+      </c>
       <c r="J124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>80235447200044</v>
+        <v>82409268800053</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>370</v>
+        <v>436</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>371</v>
+        <v>439</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>372</v>
+        <v>26</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I125" s="3"/>
+      <c r="I125" s="3">
+        <v>11930762893</v>
+      </c>
       <c r="J125" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>80443252400010</v>
+        <v>82409268800095</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>373</v>
+        <v>436</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>374</v>
+        <v>440</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="I126" s="3">
-        <v>31590878459</v>
+        <v>11930762893</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>81142142900028</v>
+        <v>82409268800111</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>375</v>
+        <v>436</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>376</v>
+        <v>441</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>377</v>
+        <v>26</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I127" s="3">
-        <v>97973068497</v>
+        <v>11930762893</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>81229926100022</v>
+        <v>82409268800137</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      </c>
+        <v>436</v>
+      </c>
+      <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>380</v>
+        <v>442</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>381</v>
+        <v>26</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I128" s="3">
-        <v>98970001397</v>
+        <v>11930762893</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>81272495300029</v>
+        <v>82409268800145</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>382</v>
+        <v>436</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>383</v>
+        <v>443</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>384</v>
+        <v>26</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I129" s="3">
-        <v>91340869334</v>
+        <v>11930762893</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>81272495300052</v>
+        <v>82409268800178</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>382</v>
+        <v>436</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>385</v>
+        <v>444</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>386</v>
+        <v>26</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I130" s="3">
-        <v>91340869334</v>
+        <v>11930762893</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>81298455700031</v>
+        <v>82409268800186</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>387</v>
+        <v>436</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>388</v>
+        <v>445</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>389</v>
+        <v>26</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>328</v>
+        <v>35</v>
       </c>
       <c r="I131" s="3">
-        <v>91340880834</v>
+        <v>11930762893</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>77569338501853</v>
+        <v>82409268800210</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>390</v>
+        <v>436</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>391</v>
+        <v>446</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>392</v>
+        <v>26</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I132" s="3">
-        <v>11930425593</v>
+        <v>11930762893</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>77925023200039</v>
+        <v>82409268800244</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>393</v>
+        <v>436</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>394</v>
+        <v>447</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>395</v>
+        <v>26</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="I133" s="3">
-        <v>83630363963</v>
+        <v>11930762893</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>78162137000159</v>
+        <v>82409268800251</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>396</v>
+        <v>436</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>397</v>
+        <v>448</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>398</v>
+        <v>449</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I134" s="3">
-        <v>43250000225</v>
+        <v>11930762893</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>78242485700020</v>
+        <v>82422814200124</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>401</v>
+        <v>451</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>282</v>
+        <v>35</v>
       </c>
       <c r="I135" s="3">
-        <v>93750010005</v>
+        <v>11930743393</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>78351045600016</v>
+        <v>82422814200140</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>403</v>
+        <v>450</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>404</v>
+        <v>452</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>405</v>
+        <v>26</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="I136" s="3">
-        <v>31590120659</v>
+        <v>11930743393</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>78574029100071</v>
+        <v>82422814200363</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>408</v>
+        <v>453</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>409</v>
+        <v>26</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I137" s="3">
-        <v>11940392094</v>
+        <v>11930743393</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>78574029100857</v>
+        <v>82422814200371</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>406</v>
+        <v>450</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>410</v>
+        <v>454</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>411</v>
+        <v>26</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I138" s="3">
-        <v>11940392094</v>
+        <v>11930743393</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>78574029100931</v>
+        <v>82422814200488</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>406</v>
+        <v>450</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>412</v>
+        <v>455</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>413</v>
+        <v>26</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I139" s="3">
-        <v>11940392094</v>
+        <v>11930743393</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>78574029100980</v>
+        <v>82422814200520</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>406</v>
+        <v>450</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>414</v>
+        <v>456</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>415</v>
+        <v>26</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>328</v>
+        <v>35</v>
       </c>
       <c r="I140" s="3">
-        <v>11940392094</v>
+        <v>11930743393</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>78574029101012</v>
+        <v>82422814200611</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>406</v>
+        <v>450</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>416</v>
+        <v>457</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>417</v>
+        <v>26</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I141" s="3">
-        <v>11940392094</v>
+        <v>11930743393</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>78574029101020</v>
+        <v>82422814200652</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>406</v>
+        <v>450</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>418</v>
+        <v>458</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I142" s="3">
-        <v>11940392094</v>
+        <v>11930743393</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>78574029101046</v>
+        <v>82422814200702</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>406</v>
+        <v>450</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>420</v>
+        <v>459</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>421</v>
+        <v>26</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I143" s="3">
-        <v>11940392094</v>
+        <v>11930743393</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>78633676800035</v>
+        <v>82422814200876</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>422</v>
+        <v>450</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>423</v>
+        <v>460</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>424</v>
+        <v>26</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="I144" s="3">
-        <v>52720018672</v>
+        <v>11930743393</v>
       </c>
       <c r="J144" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>78644691400164</v>
+        <v>82422814201015</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>427</v>
+        <v>461</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>428</v>
+        <v>26</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>429</v>
+        <v>35</v>
       </c>
       <c r="I145" s="3">
-        <v>52850007685</v>
+        <v>11930743393</v>
       </c>
       <c r="J145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>78959188000222</v>
+        <v>82422814201056</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>308</v>
+        <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>430</v>
+        <v>450</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>431</v>
+        <v>462</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>432</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I146" s="3">
-        <v>11922122792</v>
+        <v>11930743393</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>79186339200019</v>
+        <v>82422814201114</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>434</v>
+        <v>450</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>435</v>
+        <v>463</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>436</v>
+        <v>26</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>328</v>
+        <v>35</v>
       </c>
       <c r="I147" s="3">
-        <v>96973049897</v>
+        <v>11930743393</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>79374443400010</v>
+        <v>82422814201148</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>438</v>
+        <v>464</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>439</v>
+        <v>26</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I148" s="3">
-        <v>98970425197</v>
+        <v>11930743393</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>40487427300109</v>
+        <v>82422814201163</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>440</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>442</v>
+        <v>465</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I149" s="3"/>
+      <c r="I149" s="3">
+        <v>11930743393</v>
+      </c>
       <c r="J149" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>40765437500044</v>
+        <v>82422814201171</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>444</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>445</v>
+        <v>466</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>446</v>
+        <v>26</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I150" s="3">
-        <v>73650023765</v>
+        <v>11930743393</v>
       </c>
       <c r="J150" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>34928432300038</v>
+        <v>82422814201197</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>448</v>
+        <v>467</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>117</v>
+        <v>26</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I151" s="3">
-        <v>31780177459</v>
+        <v>11930743393</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>77563016300019</v>
+        <v>82422814201205</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>450</v>
+        <v>468</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>405</v>
+        <v>26</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="I152" s="3">
-        <v>31620012662</v>
+        <v>11930743393</v>
       </c>
       <c r="J152" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>51129826700028</v>
+        <v>82422814201254</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>452</v>
+        <v>469</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>453</v>
+        <v>26</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>328</v>
+        <v>35</v>
       </c>
       <c r="I153" s="3">
-        <v>76300443830</v>
+        <v>11930743393</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>51159375800010</v>
+        <v>82422814201320</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>454</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>456</v>
+        <v>470</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>457</v>
+        <v>26</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I154" s="3"/>
+      <c r="I154" s="3">
+        <v>11930743393</v>
+      </c>
       <c r="J154" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>51352354800024</v>
+        <v>82422814201437</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>458</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>461</v>
+        <v>26</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I155" s="3">
-        <v>98970344897</v>
+        <v>11930743393</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>52004190600048</v>
+        <v>82422814201643</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>462</v>
+        <v>450</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>464</v>
+        <v>26</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>328</v>
+        <v>35</v>
       </c>
       <c r="I156" s="3">
-        <v>11754522075</v>
+        <v>11930743393</v>
       </c>
       <c r="J156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>52431321000048</v>
+        <v>82422814201759</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>465</v>
+        <v>450</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>467</v>
+        <v>26</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I157" s="3">
-        <v>11930726793</v>
+        <v>11930743393</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L157" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>52505175100010</v>
+        <v>82422814201783</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>470</v>
+        <v>26</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I158" s="3"/>
+      <c r="I158" s="3">
+        <v>11930743393</v>
+      </c>
       <c r="J158" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>83015737600021</v>
+        <v>82422814201809</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>471</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>474</v>
+        <v>26</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>328</v>
+        <v>35</v>
       </c>
       <c r="I159" s="3">
-        <v>93830543283</v>
+        <v>11930743393</v>
       </c>
       <c r="J159" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>83256603800036</v>
+        <v>82431407400041</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>328</v>
+        <v>35</v>
       </c>
       <c r="I160" s="3">
-        <v>11950759295</v>
+        <v>93830525383</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>83747318000029</v>
+        <v>83015737600021</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>478</v>
-[...1 lines deleted...]
-      <c r="D161" s="2"/>
+        <v>479</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>480</v>
+      </c>
       <c r="E161" s="2" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>328</v>
+        <v>187</v>
       </c>
       <c r="I161" s="3">
-        <v>93061011606</v>
+        <v>93830543283</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>83829832100012</v>
+        <v>83256603800036</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>384</v>
+        <v>485</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>35</v>
+        <v>187</v>
       </c>
       <c r="I162" s="3">
-        <v>28760575076</v>
+        <v>11950759295</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>84167697600019</v>
+        <v>83829832100012</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>485</v>
+        <v>424</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>35</v>
+      </c>
+      <c r="I163" s="3">
+        <v>28760575076</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>84948660000018</v>
+        <v>84167697600019</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>308</v>
+        <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>489</v>
-[...1 lines deleted...]
-      <c r="G164" s="2" t="s">
         <v>490</v>
       </c>
+      <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="I164" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="I164" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="J164" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>85035420000014</v>
+        <v>84948660000018</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>492</v>
       </c>
-      <c r="D165" s="2" t="s">
+      <c r="D165" s="2"/>
+      <c r="E165" s="2" t="s">
         <v>493</v>
       </c>
-      <c r="E165" s="2" t="s">
+      <c r="F165" s="2" t="s">
         <v>494</v>
       </c>
-      <c r="F165" s="2" t="s">
+      <c r="G165" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="H165" s="2" t="s">
         <v>495</v>
       </c>
-      <c r="G165" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="I165" s="3">
-        <v>75400149740</v>
+        <v>27710289271</v>
       </c>
       <c r="J165" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>85125983800015</v>
+        <v>85035420000014</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>496</v>
       </c>
-      <c r="D166" s="2"/>
+      <c r="D166" s="2" t="s">
+        <v>497</v>
+      </c>
       <c r="E166" s="2" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I166" s="3">
-        <v>11941003494</v>
+        <v>75400149740</v>
       </c>
       <c r="J166" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>87806275100010</v>
+        <v>85125983800015</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>35</v>
+      </c>
+      <c r="I167" s="3">
+        <v>11941003494</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>88110314700016</v>
+        <v>87806275100010</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="D168" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
         <v>504</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>505</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>11941017594</v>
+        <v>399</v>
+      </c>
+      <c r="I168" s="3" t="s">
+        <v>506</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>88280019600017</v>
+        <v>88110314700016</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>506</v>
-[...1 lines deleted...]
-      <c r="D169" s="2"/>
+        <v>507</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>507</v>
+      </c>
       <c r="E169" s="2" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>429</v>
+        <v>35</v>
       </c>
       <c r="I169" s="3">
-        <v>44540389954</v>
+        <v>11941017594</v>
       </c>
       <c r="J169" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>88407991400021</v>
+        <v>88280019600017</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>35</v>
+        <v>399</v>
       </c>
       <c r="I170" s="3">
-        <v>11941336294</v>
+        <v>44540389954</v>
       </c>
       <c r="J170" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>88846866700017</v>
+        <v>88407991400021</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I171" s="3">
-        <v>93060896106</v>
+        <v>11941336294</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>89079142900016</v>
+        <v>88846866700017</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>166</v>
+        <v>518</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I172" s="3">
-        <v>76341086134</v>
+        <v>93060896106</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>89217556300014</v>
+        <v>89079142900016</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>519</v>
+        <v>166</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I173" s="3">
-        <v>11757286775</v>
+        <v>76341086134</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>90496466500015</v>
+        <v>89217556300014</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I174" s="3">
-        <v>11941120194</v>
+        <v>11757286775</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
         <v>90872687000011</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>328</v>
+        <v>187</v>
       </c>
       <c r="I175" s="3">
         <v>11922511392</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
         <v>91386240500010</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I176" s="3">
         <v>11756522575</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
         <v>95101592400016</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I177" s="3">
         <v>76341230334</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -8718,31 +8725,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 23:35:27</dc:description>
+  <dc:description>Export en date du 02/10/2026 08:09:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>