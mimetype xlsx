--- v1 (2026-02-10)
+++ v2 (2026-02-10)
@@ -8725,31 +8725,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/10/2026 08:09:21</dc:description>
+  <dc:description>Export en date du 02/10/2026 09:31:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>