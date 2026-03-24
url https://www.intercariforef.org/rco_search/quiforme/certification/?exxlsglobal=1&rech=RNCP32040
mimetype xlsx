--- v0 (2025-12-18)
+++ v1 (2026-03-24)
@@ -76,78 +76,78 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>LISAA</t>
   </si>
   <si>
     <t>129 RUE DE TURENNE 75003 PARIS</t>
   </si>
   <si>
     <t>15/06/2019</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>ESGCV</t>
+  </si>
+  <si>
+    <t>CAMPUS ENOVA 505 RUE JEAN ROSTAND 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>INSTITUT DE DEVELOPPEMENT DES ARTS APPLIQUES</t>
   </si>
   <si>
     <t>41 RUE SAINT-SEBASTIEN 75011 PARIS</t>
   </si>
   <si>
     <t>26/09/2016</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...1 lines deleted...]
-  <si>
     <t>BELLECOUR ECOLES D'ART</t>
   </si>
   <si>
     <t>16 RUE FRANCOIS DAUPHIN 69002 LYON</t>
   </si>
   <si>
     <t>27/04/2020</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/2019</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>STUDI</t>
   </si>
   <si>
     <t>PARC GOURAUD- IMMEUBLE L ENVOL NORD 3 ALL DES INTERNAUTES 02200 SOISSONS</t>
   </si>
   <si>
     <t>30/06/2018</t>
   </si>
   <si>
     <t>30/09/2022</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -607,145 +607,145 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>11756473775</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>78973074400040</v>
+        <v>75253547600366</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>11755602275</v>
+        <v>11755049075</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>79379061900035</v>
+        <v>78973074400040</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>84691836769</v>
+        <v>11755602275</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>75253547600366</v>
+        <v>79379061900035</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>11755049075</v>
+        <v>84691836769</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>83854281900027</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
@@ -807,31 +807,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 14:11:18</dc:description>
+  <dc:description>Export en date du 03/24/2026 07:49:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>