--- v0 (2025-10-17)
+++ v1 (2025-12-08)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L'AGRICULTURE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
   </si>
   <si>
     <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE DEP D'AGRICULTURE DE L'AISNE</t>
   </si>
   <si>
     <t>UFA CENTRE DE FORMATION</t>
   </si>
   <si>
     <t>5 RUE DES MINIMES 02000 LAON</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
@@ -508,141 +508,141 @@
   <si>
     <t>EPLEFPA FORMA'TERRA</t>
   </si>
   <si>
     <t>LEGTA EMILE BOYER DE LA GIRODAY</t>
   </si>
   <si>
     <t>165 ROUTE DE MAFATE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>ECOLE DU BREUIL</t>
   </si>
   <si>
     <t>BOIS DE VINCENNES ROUTE DE LA FERME 75012 PARIS</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>84.13Z</t>
   </si>
   <si>
+    <t>ASSOCIATION FAMILIALLE DE GESTION</t>
+  </si>
+  <si>
+    <t>KERPLOUZE 56400 AURAY</t>
+  </si>
+  <si>
+    <t>01/01/1957</t>
+  </si>
+  <si>
     <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
   </si>
   <si>
     <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
   </si>
   <si>
     <t>07/06/1945</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE VALFOSSE</t>
   </si>
   <si>
     <t>CHATEAU DE VALFOSSE 8 RUE DU FOND DE MOURIEZ 62140 MARCONNE</t>
   </si>
   <si>
     <t>02/05/1999</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
-    <t>ASSOCIATION FAMILIALLE DE GESTION</t>
-[...5 lines deleted...]
-    <t>01/01/1957</t>
+    <t>ASS DE LA MAISON FAMILIALE</t>
+  </si>
+  <si>
+    <t>LA BROSSONNIERE 69280 SAINTE-CONSORCE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CENTRE FORESTIER DE LA REGION P.A.C.A.</t>
+  </si>
+  <si>
+    <t>DOM PIEDEGACHE 84240 LA BASTIDE-DES-JOURDANS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
+  </si>
+  <si>
+    <t>CHATEAU DE POINTEL 61220 POINTEL</t>
+  </si>
+  <si>
+    <t>27/01/1987</t>
+  </si>
+  <si>
+    <t>LYCEE ENSEIGNEMENT AGRC PRIVE FONTLONGUE</t>
+  </si>
+  <si>
+    <t>BOULEVARD THEODORE AUBANEL 13140 MIRAMAS</t>
+  </si>
+  <si>
+    <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
+  </si>
+  <si>
+    <t>6 RUE DU COLLEGE 88700 ROVILLE-AUX-CHENES</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>5 RUE DE LA CHAUSSEE 59570 BAVAY</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>SYNDICAT AGRICOLE HAUTS CHAMPS</t>
+  </si>
+  <si>
+    <t>RD 943 ROUTE DE SAINT OMER 62137 COULOGNE</t>
   </si>
   <si>
     <t>MAISON FAMIL RURAL EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>JAVOLS RTE D'AUMONT 48130 PEYRE EN AUBRAC</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
-  </si>
-[...46 lines deleted...]
-    <t>27/01/1987</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2509,484 +2509,484 @@
       <c r="F39" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>163</v>
       </c>
       <c r="I39" s="3">
         <v>11755850975</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>42143242800017</v>
+        <v>38112573100012</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="3">
-        <v>11780222278</v>
+        <v>53560930256</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>42285299600012</v>
+        <v>42143242800017</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>170</v>
+        <v>33</v>
       </c>
       <c r="I41" s="3">
-        <v>31620187262</v>
+        <v>11780222278</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>38112573100012</v>
+        <v>42285299600012</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>33</v>
+        <v>173</v>
       </c>
       <c r="I42" s="3">
-        <v>53560930256</v>
+        <v>31620187262</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>77610653600019</v>
+        <v>30293143100019</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I43" s="3">
-        <v>91480004348</v>
+        <v>82691132569</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>77660306000018</v>
+        <v>30419999500016</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="3">
-        <v>82740107174</v>
+        <v>93840003084</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>78274968300010</v>
+        <v>33999592000016</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="I45" s="3">
-        <v>93131473813</v>
+        <v>25610026461</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>78346979400011</v>
+        <v>78274968300010</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I46" s="3">
-        <v>41880003688</v>
+        <v>93131473813</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>78362626000039</v>
+        <v>78346979400011</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="3">
-        <v>31590008059</v>
+        <v>41880003688</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>78398196200013</v>
+        <v>78362626000039</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I48" s="3">
-        <v>31620031362</v>
+        <v>31590008059</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>30293143100019</v>
+        <v>78398196200013</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I49" s="3">
-        <v>82691132569</v>
+        <v>31620031362</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>30419999500016</v>
+        <v>77610653600019</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I50" s="3">
-        <v>93840003084</v>
+        <v>91480004348</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>33999592000016</v>
+        <v>77660306000018</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>194</v>
+        <v>176</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>109</v>
+        <v>33</v>
       </c>
       <c r="I51" s="3">
-        <v>25610026461</v>
+        <v>82740107174</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -3005,31 +3005,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/17/2025 17:12:06</dc:description>
+  <dc:description>Export en date du 12/08/2025 12:54:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>