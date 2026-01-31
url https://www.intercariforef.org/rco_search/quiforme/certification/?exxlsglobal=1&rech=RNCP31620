--- v1 (2025-12-08)
+++ v2 (2026-01-31)
@@ -508,141 +508,141 @@
   <si>
     <t>EPLEFPA FORMA'TERRA</t>
   </si>
   <si>
     <t>LEGTA EMILE BOYER DE LA GIRODAY</t>
   </si>
   <si>
     <t>165 ROUTE DE MAFATE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>ECOLE DU BREUIL</t>
   </si>
   <si>
     <t>BOIS DE VINCENNES ROUTE DE LA FERME 75012 PARIS</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>84.13Z</t>
   </si>
   <si>
+    <t>ASS DE LA MAISON FAMILIALE</t>
+  </si>
+  <si>
+    <t>LA BROSSONNIERE 69280 SAINTE-CONSORCE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CENTRE FORESTIER DE LA REGION P.A.C.A.</t>
+  </si>
+  <si>
+    <t>DOM PIEDEGACHE 84240 LA BASTIDE-DES-JOURDANS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT ET ORIENT</t>
+  </si>
+  <si>
+    <t>CHATEAU DE POINTEL 61220 POINTEL</t>
+  </si>
+  <si>
+    <t>27/01/1987</t>
+  </si>
+  <si>
     <t>ASSOCIATION FAMILIALLE DE GESTION</t>
   </si>
   <si>
     <t>KERPLOUZE 56400 AURAY</t>
   </si>
   <si>
     <t>01/01/1957</t>
   </si>
   <si>
     <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
   </si>
   <si>
     <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
   </si>
   <si>
     <t>07/06/1945</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE VALFOSSE</t>
   </si>
   <si>
     <t>CHATEAU DE VALFOSSE 8 RUE DU FOND DE MOURIEZ 62140 MARCONNE</t>
   </si>
   <si>
     <t>02/05/1999</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
-    <t>ASS DE LA MAISON FAMILIALE</t>
-[...20 lines deleted...]
-    <t>27/01/1987</t>
+    <t>MAISON FAMIL RURAL EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>JAVOLS RTE D'AUMONT 48130 PEYRE EN AUBRAC</t>
+  </si>
+  <si>
+    <t>ISETA - ECA</t>
+  </si>
+  <si>
+    <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
     <t>LYCEE ENSEIGNEMENT AGRC PRIVE FONTLONGUE</t>
   </si>
   <si>
     <t>BOULEVARD THEODORE AUBANEL 13140 MIRAMAS</t>
   </si>
   <si>
     <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
   </si>
   <si>
     <t>6 RUE DU COLLEGE 88700 ROVILLE-AUX-CHENES</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>5 RUE DE LA CHAUSSEE 59570 BAVAY</t>
   </si>
   <si>
     <t>01/09/2020</t>
   </si>
   <si>
     <t>SYNDICAT AGRICOLE HAUTS CHAMPS</t>
   </si>
   <si>
     <t>RD 943 ROUTE DE SAINT OMER 62137 COULOGNE</t>
-  </si>
-[...10 lines deleted...]
-    <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2509,478 +2509,478 @@
       <c r="F39" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>163</v>
       </c>
       <c r="I39" s="3">
         <v>11755850975</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>38112573100012</v>
+        <v>30293143100019</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="3">
-        <v>53560930256</v>
+        <v>82691132569</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>42143242800017</v>
+        <v>30419999500016</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="3">
-        <v>11780222278</v>
+        <v>93840003084</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42285299600012</v>
+        <v>33999592000016</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>173</v>
+        <v>109</v>
       </c>
       <c r="I42" s="3">
-        <v>31620187262</v>
+        <v>25610026461</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>30293143100019</v>
+        <v>38112573100012</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I43" s="3">
-        <v>82691132569</v>
+        <v>53560930256</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>30419999500016</v>
+        <v>42143242800017</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="3">
-        <v>93840003084</v>
+        <v>11780222278</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>33999592000016</v>
+        <v>42285299600012</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>109</v>
+        <v>181</v>
       </c>
       <c r="I45" s="3">
-        <v>25610026461</v>
+        <v>31620187262</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>78274968300010</v>
+        <v>77610653600019</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>183</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I46" s="3">
-        <v>93131473813</v>
+        <v>91480004348</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>78346979400011</v>
+        <v>77660306000018</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="3">
-        <v>41880003688</v>
+        <v>82740107174</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>78362626000039</v>
+        <v>78274968300010</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>188</v>
+        <v>166</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="3">
-        <v>31590008059</v>
+        <v>93131473813</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>78398196200013</v>
+        <v>78346979400011</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I49" s="3">
-        <v>31620031362</v>
+        <v>41880003688</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>77610653600019</v>
+        <v>78362626000039</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I50" s="3">
-        <v>91480004348</v>
+        <v>31590008059</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>77660306000018</v>
+        <v>78398196200013</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I51" s="3">
-        <v>82740107174</v>
+        <v>31620031362</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -3005,31 +3005,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 12:54:34</dc:description>
+  <dc:description>Export en date du 01/31/2026 22:26:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>