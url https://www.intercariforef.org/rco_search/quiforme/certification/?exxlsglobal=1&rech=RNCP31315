--- v0 (2026-01-10)
+++ v1 (2026-03-09)
@@ -88,99 +88,99 @@
   <si>
     <t>46 RUE GENERAL DE LARMINAT 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CMA FORMATION LAGORD</t>
   </si>
   <si>
     <t>9 RUE RENE DUMONT 17140 LAGORD</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CATALYSE</t>
+  </si>
+  <si>
+    <t>RUE DE LATTRE DE TASSIGNY 64000 PAU</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>THALASS ' SUN FORMATION</t>
+  </si>
+  <si>
+    <t>2 PL DES MARTYRS DE LA RESISTANCE 59240 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
     <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
   </si>
   <si>
     <t>ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>JBB</t>
   </si>
   <si>
     <t>RUE NICOLAS DE LARGUILLIERES 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>30/06/2018</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...25 lines deleted...]
-    <t>01/09/2014</t>
   </si>
   <si>
     <t>CERTIFICATIONS ET SERVICES - TOURISME HOTELLERIE RESTAURATION LOISIRS</t>
   </si>
   <si>
     <t>22 RUE D'ANJOU 75008 PARIS</t>
   </si>
   <si>
     <t>12/05/2015</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>INSTITUT FRANCAIS DE L'ELEGANCE ET DU LUXE</t>
   </si>
   <si>
     <t>NODELYS 42 ROUTE DES VESPINS 06700 SAINT-LAURENT-DU-VAR</t>
   </si>
   <si>
     <t>22/06/2019</t>
   </si>
   <si>
     <t>CAP FORMATION</t>
   </si>
@@ -693,186 +693,184 @@
       <c r="F3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
         <v>75331281433</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>78644691400016</v>
+        <v>40765437500044</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D4" s="2"/>
+        <v>25</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="G4" s="2"/>
+        <v>27</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="H4" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78926103900034</v>
+        <v>49983324200062</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>54170163617</v>
+        <v>31590667359</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>40765437500044</v>
+        <v>78644691400016</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="G6" s="2" t="s">
+      <c r="G6" s="2"/>
+      <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="H6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" s="3">
-        <v>73650023765</v>
+        <v>52850007685</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>49983324200062</v>
+        <v>78926103900034</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>31590667359</v>
+        <v>54170163617</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>81531318400013</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
@@ -934,51 +932,51 @@
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>85020241700018</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="I10" s="3">
         <v>76650086065</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1006,31 +1004,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/10/2026 02:03:52</dc:description>
+  <dc:description>Export en date du 03/09/2026 19:47:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>