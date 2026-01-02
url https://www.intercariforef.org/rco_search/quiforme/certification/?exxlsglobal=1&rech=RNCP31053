--- v0 (2025-11-02)
+++ v1 (2026-01-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -175,51 +175,51 @@
   <si>
     <t>POLE INTERCONSULAIRE CRE@VALLEE NORD BOULEVARD DES SAVEURS 24660 COULOUNIEIX-CHAMIERS</t>
   </si>
   <si>
     <t>14/12/2009</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>5 B RUE DE PARIS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION CENTHOR</t>
   </si>
   <si>
     <t>SAINT GILLES LES BAINS 1 ROUTE DE L'EPERON 97435 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
-    <t>LPO LYCEE DES METIERS FRANCOIS BAZIN</t>
+    <t>LYCEE POLYVALENT FRANCOIS BAZIN- LYCEE DES METIERS DU TERTIAIRE, DE L'ENERGIE ET DES PROCEDES INDUSTRIELS</t>
   </si>
   <si>
     <t>GRETA DES ARDENNES</t>
   </si>
   <si>
     <t>145 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>2108P000408</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE LAETITIA BONAPARTE</t>
   </si>
   <si>
     <t>GRETA LAETITIA BONAPARTE</t>
   </si>
   <si>
     <t>AVENUE NAPOLEON 3 20000 AJACCIO</t>
   </si>
   <si>
     <t>11/04/1989</t>
   </si>
@@ -235,51 +235,51 @@
   <si>
     <t>GRETA DES COTES D'ARMOR</t>
   </si>
   <si>
     <t>19 B BOULEVARD LAMARTINE 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
     <t>5335P001022</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN CAPELLE - LYCEE DES METIERS DE L'HOTELLERIE, DE LA GASTRONOMIE ET DES SERVICES</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 24100 BERGERAC</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JOSEPHINE BAKER</t>
   </si>
   <si>
-    <t>5 AVENUE JOSEPHINE BAKER 24200 SARLAT-LA-CANEDA</t>
+    <t>387 AVENUE JOSEPHINE BAKER 24200 SARLAT-LA-CANEDA</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
   </si>
   <si>
     <t>GRETA - CFA AQUITAINE</t>
   </si>
   <si>
     <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LOUIS DARMANTE - LYCEE DES METIERS DE L'HOTELLERIE ET DU COMMERCE LOUIS DARMANTE</t>
   </si>
   <si>
     <t>23 RUE JEAN-BAPTISTE GABARRA 40130 CAPBRETON</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT D'ETAT DE BORDA</t>
   </si>
@@ -367,51 +367,51 @@
   <si>
     <t>22 RUE DE LA MESANGE 57400 SARREBOURG</t>
   </si>
   <si>
     <t>LYCEE HENRI NOMINE- LYCEE DES METIERS TRANSFONTALIER DES SERVICES AUX ENTREPRISES</t>
   </si>
   <si>
     <t>GRETA LORRAINE EST</t>
   </si>
   <si>
     <t>27 RUE DU CHAMP DE MARS 57200 SARREGUEMINES</t>
   </si>
   <si>
     <t>30/03/2023</t>
   </si>
   <si>
     <t>4157P001857</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL ILE DE FLANDRE</t>
   </si>
   <si>
     <t>246 B QUAI DE LA DERIVATION 59280 ARMENTIERES</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL DU DETROIT – LYCEE DES METIERS</t>
+    <t>LYCEE PROFESSIONNEL DU DETROIT</t>
   </si>
   <si>
     <t>200 RUE GUILLAUME APOLLINAIRE 62100 CALAIS</t>
   </si>
   <si>
     <t>23/07/1992</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT HOTELIER</t>
   </si>
   <si>
     <t>AVENUE DU CHATEAU 62520 LE TOUQUET-PARIS-PLAGE</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BIARRITZ ATLANTIQUE - LYCEE DES METIERS DE L'HOTELLERIE ET DU TOURISME</t>
   </si>
   <si>
     <t>2 RUE FRANCIS JAMMES 64200 BIARRITZ</t>
   </si>
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LAURENT DE LAVOISIER</t>
   </si>
@@ -469,800 +469,806 @@
   <si>
     <t>7 RUE NICOLAS ROBERT 93600 AULNAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>01/04/2004</t>
   </si>
   <si>
     <t>CTRE EUROPEEN FORMATION PROFESS HOTELIER</t>
   </si>
   <si>
     <t>4 RUE EUGENIE BRAZIER 67400 ILLKIRCH-GRAFFENSTADEN</t>
   </si>
   <si>
     <t>19/06/2019</t>
   </si>
   <si>
     <t>CAFA FORMATION</t>
   </si>
   <si>
     <t>108 QUAI DES CHARTRONS 33000 BORDEAUX</t>
   </si>
   <si>
     <t>30/04/2008</t>
   </si>
   <si>
+    <t>SCOP INSTEP</t>
+  </si>
+  <si>
+    <t>70 RUE DE BOUVINES 59800 LILLE</t>
+  </si>
+  <si>
+    <t>15/04/2003</t>
+  </si>
+  <si>
+    <t>CATALYSE</t>
+  </si>
+  <si>
+    <t>RUE DE LATTRE DE TASSIGNY 64000 PAU</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>CHE DE ST FRAI 65600 SEMEAC</t>
+  </si>
+  <si>
+    <t>01/09/2004</t>
+  </si>
+  <si>
+    <t>281 ROUTE D'ESPAGNE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/10/2011</t>
+  </si>
+  <si>
+    <t>28/09/2023</t>
+  </si>
+  <si>
+    <t>INST.DE FORMAT.INTERPROFESSIONNEL ALLIER</t>
+  </si>
+  <si>
+    <t>11 RTE DE PARIS CHAMPFEU 03000 AVERMES</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>IRFA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>POLE UNIVERSITAIRE MONTFOULON 61250 DAMIGNY</t>
+  </si>
+  <si>
+    <t>01/07/1997</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DES METIERS DE L'INDUSTRIE HOTELIERE 54</t>
+  </si>
+  <si>
+    <t>24 RUE HENRI BAZIN 54000 NANCY</t>
+  </si>
+  <si>
+    <t>25/02/1997</t>
+  </si>
+  <si>
+    <t>INSTITUT LA FORBINE - ECOLE HOTELIERE DE PROVENCE</t>
+  </si>
+  <si>
+    <t>CHATEAU DES CREISSAUDS LE CLOS RUFISQUE 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>30/08/2000</t>
+  </si>
+  <si>
+    <t>02/09/2024</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA PIERRE LEVEE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>30/06/2001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBRETON EDDY JOSEPH  </t>
+  </si>
+  <si>
+    <t>ENDEMIA FORMATION</t>
+  </si>
+  <si>
+    <t>192 RLE DE FLORIS 97440 SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>AGORA SERVICES</t>
+  </si>
+  <si>
+    <t>2 A BOULEVARD LOUIS FRANCHET D'ESPEREY 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>01/12/1995</t>
+  </si>
+  <si>
+    <t>55.90Z</t>
+  </si>
+  <si>
+    <t>ASS FORMAT PROFESS PERMANENTE</t>
+  </si>
+  <si>
+    <t>14 RUE DU CHATEAU DES VERGNES 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASSOCIATION JEUNESSE ET AVENIR</t>
+  </si>
+  <si>
+    <t>2 RUE EMILE HIE 59270 BAILLEUL</t>
+  </si>
+  <si>
+    <t>12/03/1997</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+  </si>
+  <si>
+    <t>INFA GOUVIEUX</t>
+  </si>
+  <si>
+    <t>LE MANOIR CHEMIN DES AIGLES 60500 GOUVIEUX</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>INFA HERAULT</t>
+  </si>
+  <si>
+    <t>515 RUE DE L'INDUSTRIE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>107 AVENUE DE LA LIBERATION 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>17 RUE DU COMMANDANT COUSTEAU 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>12 AVENUE DU VAL DE FONTENAY 94120 FONTENAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>6 ALLEE DE L'EURO 67205 OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>03/10/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT FORMATION PROFESSION PERMANENTE</t>
+  </si>
+  <si>
+    <t>8 RUE AGRICOLE PERDIGUIER 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>01/10/1991</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>8315P001115</t>
+  </si>
+  <si>
+    <t>CENTRE REUNIONNAIS D'ENTREPRISE EDUCATIVE</t>
+  </si>
+  <si>
+    <t>2 RUE MARIUS ET ARY LEBLOND 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>13/05/2013</t>
+  </si>
+  <si>
+    <t>MFR SAINT MICHEL MONT MERCURE</t>
+  </si>
+  <si>
+    <t>SAINT MICHEL MONT MERCURE RUE GODARD 85700 SEVREMONT</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>ACI PERFORMANCE</t>
+  </si>
+  <si>
+    <t>4 RUE LOUIS ADAM 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>10/11/2004</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA PROMOTION DE L'APPRENTISSAGE DE L'ENSEIGNEMENT CATHOLIQUE TECHNOLOGIQUE PROFESSIONNEL ET AGRICOLE E</t>
+  </si>
+  <si>
+    <t>BAT ECOLE ST LAURENT 2EME ETAGE 9 RUE FRANZ HELLER 35700 RENNES</t>
+  </si>
+  <si>
+    <t>05/12/2018</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>INSERTION. FORMATION. EMPLOI-BAT (I.F.E. - BAT)</t>
+  </si>
+  <si>
+    <t>189 RUE D'AUBERVILLIERS 75018 PARIS</t>
+  </si>
+  <si>
+    <t>18/02/2008</t>
+  </si>
+  <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>ASS FORMATION CONTINUE RESTAURATEURS</t>
+  </si>
+  <si>
+    <t>4 RUE DE GRAMONT 75002 PARIS</t>
+  </si>
+  <si>
+    <t>CTR FORMATION APPRENTI INTERPROF COROT</t>
+  </si>
+  <si>
+    <t>PARC MASSILIA 33 BOULEVARD DU CAPITAINE GEZE 13014 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GESTIONNAIRE DU CFA INTERPROFESSIONNEL D'EURE-ET-LOIR</t>
+  </si>
+  <si>
+    <t>LES CHAISES RUE CHARLES ISIDORE DOUIN 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>01/01/1990</t>
+  </si>
+  <si>
+    <t>SODEXO EN FRANCE</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA REDOUTE 78280 GUYANCOURT</t>
+  </si>
+  <si>
+    <t>20/07/2009</t>
+  </si>
+  <si>
+    <t>56.29B</t>
+  </si>
+  <si>
+    <t>ASS FORMATIO APPRENTIS COMMERCE SERVICES</t>
+  </si>
+  <si>
+    <t>21 AVENUE GEORGES BRASSENS 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>02/10/1995</t>
+  </si>
+  <si>
+    <t>STELO FORMATION</t>
+  </si>
+  <si>
+    <t>22 RUE D'ANJOU 75008 PARIS</t>
+  </si>
+  <si>
+    <t>03/02/1981</t>
+  </si>
+  <si>
+    <t>PLACE PIERRE JEANNIN 13 RUE DES HALLES 71150 CHAGNY</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>BOULOURIS 142 AVENUE DES CHENES VERTS 83700 SAINT-RAPHAEL</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN FOURGEAUD 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>3 RUE DES MIMOSAS 06400 CANNES</t>
+  </si>
+  <si>
+    <t>23/04/2014</t>
+  </si>
+  <si>
+    <t>8 RUE DE L’ECHAUGUETTE 78570 CHANTELOUP-LES-VIGNES</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>6 B RUE EMILE DUCLAUX 92150 SURESNES</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>75 LE CHEMIN DES ANGLAIS 62600 BERCK</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPEMENT DES METIERS DE LA TABLE</t>
+  </si>
+  <si>
+    <t>17 A 19 19 RUE JACQUES IBERT 75017 PARIS</t>
+  </si>
+  <si>
+    <t>17/01/1983</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>4 RUE FERDINAND DE LESSEPS 29200 BREST</t>
+  </si>
+  <si>
+    <t>IRFA FORMATION</t>
+  </si>
+  <si>
+    <t>CTIS 2 AVENUE DE CAMBRIDGE 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>01/10/2007</t>
+  </si>
+  <si>
+    <t>ASSOCIATION L'ATELIER</t>
+  </si>
+  <si>
+    <t>21 RUE LIVIO 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/05/1998</t>
+  </si>
+  <si>
+    <t>OSENGO</t>
+  </si>
+  <si>
+    <t>70 AVENUE DE LA REPUBLIQUE 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>25/03/2013</t>
+  </si>
+  <si>
+    <t>5 RUE DU COQ VERT 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>35 RUE DU PRE LA REINE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>01/05/1997</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>LES CHAMPS DOLENTS 6 RUE DE SETUBAL 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 23 B RUE DANJOU 92100 BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>LA CITE DES FORMATIONS</t>
+  </si>
+  <si>
+    <t>8 ALLEE ROGER LECOTTE 37100 TOURS</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>ECOLE DES METIERS DIJON METROPOLE</t>
+  </si>
+  <si>
+    <t>1 CHEMIN DE LA NOUE 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>01/02/2008</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION HOTELLERIE&amp;RESTAURATION</t>
+  </si>
+  <si>
+    <t>7 A Z I LES PORTES DU NORD 62820 LIBERCOURT</t>
+  </si>
+  <si>
+    <t>19/07/2007</t>
+  </si>
+  <si>
+    <t>A L'ECOLE DES CHEFS</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA SOUS-PREFECTURE 59190 HAZEBROUCK</t>
+  </si>
+  <si>
+    <t>30/12/2021</t>
+  </si>
+  <si>
+    <t>FIH 88 FORMATION</t>
+  </si>
+  <si>
+    <t>32 RUE ANDRE VITU 88000 EPINAL</t>
+  </si>
+  <si>
+    <t>26/06/2008</t>
+  </si>
+  <si>
+    <t>SECRETS DE CHEF</t>
+  </si>
+  <si>
+    <t>4 RUE DE LA MARNE 88000 EPINAL</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>FORM'ALACARTE</t>
+  </si>
+  <si>
+    <t>46 RUE PIERRE BROSSOLETTE 91360 EPINAY-SUR-ORGE</t>
+  </si>
+  <si>
+    <t>27/02/2023</t>
+  </si>
+  <si>
+    <t>ALMEA FORMATIONS INTERPRO</t>
+  </si>
+  <si>
+    <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>08/10/2008</t>
+  </si>
+  <si>
+    <t>9 RUE ROBERT KELLER 10150 PONT-SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>1 RUE ALBERT CAMUS 52000 CHAUMONT</t>
+  </si>
+  <si>
+    <t>129 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
+  </si>
+  <si>
+    <t>APPRENTIS D'AUTEUIL MAYOTTE</t>
+  </si>
+  <si>
+    <t>AUTEUIL OCEAN INDIEN AGEPAC MAYOTTE</t>
+  </si>
+  <si>
+    <t>16 RUE DE L'HOPITAL 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>3B CONSEIL</t>
+  </si>
+  <si>
+    <t>ZA D'EN CAVAILLES 3 RUE GASPARD MONGE 66160 LE BOULOU</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>AFC GROUPE</t>
+  </si>
+  <si>
+    <t>LES ESPACES DE LA STE BEAUME LOT 21 30 AVENUE DU CHATEAU DE JOUQUES 13420 GEMENOS</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>19/09/2024</t>
+  </si>
+  <si>
+    <t>CONFLUENCE FORMATION</t>
+  </si>
+  <si>
+    <t>13 RUE DU BAIN-AUX-PLANTES 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>20/08/2010</t>
+  </si>
+  <si>
+    <t>HENRIMAN FORMATION</t>
+  </si>
+  <si>
+    <t>18 RUE DE LA RAINIERE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>LENOTRE</t>
+  </si>
+  <si>
+    <t>44 RUE D'AUTEUIL 75016 PARIS</t>
+  </si>
+  <si>
+    <t>56.21Z</t>
+  </si>
+  <si>
+    <t>IMMEUBLE PAPRIKA 94 RUE DES SOLETS 94150 RUNGIS</t>
+  </si>
+  <si>
+    <t>ACSEA</t>
+  </si>
+  <si>
+    <t>LES CEDRES FORMATION</t>
+  </si>
+  <si>
+    <t>57 BOULEVARD HERBET FOURNET 14100 LISIEUX</t>
+  </si>
+  <si>
+    <t>01/10/1983</t>
+  </si>
+  <si>
+    <t>OGEC VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>32 RUE BAUDIMONT 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION AURORE</t>
+  </si>
+  <si>
+    <t>ESPACEAURORE</t>
+  </si>
+  <si>
+    <t>23 RUE DES TERRES AU CURE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>03/11/1997</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>AURORE L' ODYSSEE</t>
+  </si>
+  <si>
+    <t>6 BOULEVARD GUTENBERG 93190 LIVRY-GARGAN</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>87.90B</t>
+  </si>
+  <si>
+    <t>PLATEAU TECHNIQUE RESTAURATION 82 AVENUE DENFERT-ROCHEREAU 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>31/08/2023</t>
+  </si>
+  <si>
+    <t>FONDATION APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>40 RUE JEAN DE LA FONTAINE 75016 PARIS</t>
+  </si>
+  <si>
+    <t>AGIR INNOVER MOBILISER ESSAIMER</t>
+  </si>
+  <si>
+    <t>615 RTE DES VERNADES - ZONE COMMERCIALE 07260 ROSIERES</t>
+  </si>
+  <si>
+    <t>13/10/2016</t>
+  </si>
+  <si>
+    <t>26/06/2024</t>
+  </si>
+  <si>
     <t>CONSEIL FORMATION INGENIERIE MEDITERRANEE</t>
   </si>
   <si>
     <t>57 RUE DRAGON 13006 MARSEILLE</t>
   </si>
   <si>
     <t>15/12/2005</t>
   </si>
   <si>
     <t>SARL INFRES</t>
   </si>
   <si>
     <t>384 RUE DU GENERAL DE GAULLE 59370 MONS-EN-BARŒUL</t>
   </si>
   <si>
     <t>04/07/2001</t>
   </si>
   <si>
     <t>AGENCE SEINE ET MARNAISE DE FORMATION PROFESSION- NELLE - ASMFP 77</t>
   </si>
   <si>
     <t>ASMFP</t>
   </si>
   <si>
     <t>IMM LE MILLENIUM 9 BOULEVARD MENDES FRANCE 77600 BUSSY-SAINT-GEORGES</t>
   </si>
   <si>
     <t>13/01/2012</t>
   </si>
   <si>
     <t>59 RUE BOISSIERE 75016 PARIS</t>
   </si>
   <si>
     <t>30/08/2021</t>
   </si>
   <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
     <t>3 RUE PAUL TAVERNIER 77300 FONTAINEBLEAU</t>
   </si>
   <si>
-    <t>01/04/2022</t>
-[...1 lines deleted...]
-  <si>
     <t>SARL RESTHO FORMATION</t>
   </si>
   <si>
     <t>30 B ROUTE DE BETHUNE 62300 LENS</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>UNION METIER INDUS HOTELLERIE FORMATION</t>
   </si>
   <si>
     <t>211 RUE DE L'UNIVERSITE 75007 PARIS</t>
   </si>
   <si>
     <t>26/09/2009</t>
   </si>
   <si>
-    <t>AFC GROUPE</t>
-[...145 lines deleted...]
-  <si>
     <t>H &amp; C CONSEIL</t>
   </si>
   <si>
     <t>6 PLACE DE REGENSBURG 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>15/02/2005</t>
   </si>
   <si>
     <t>H ET C CONSEIL</t>
   </si>
   <si>
     <t>20 RUE DE MARAUSSAN 11100 NARBONNE</t>
   </si>
   <si>
     <t>01/08/2008</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>H2C CONSEIL</t>
   </si>
   <si>
     <t>39 RUE POMIER-LAYRARGUES 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>01/04/2010</t>
   </si>
   <si>
     <t>BAT.K VILLE ACTIVE 32 RUE ROBERT MALLET STEVENS 30900 NIMES</t>
   </si>
   <si>
     <t>01/11/2010</t>
   </si>
   <si>
     <t>7 RUE ARISTIDE BERGES 66330 CABESTANY</t>
   </si>
   <si>
-    <t>01/07/2013</t>
-[...1 lines deleted...]
-  <si>
     <t>35 RUE BERNARD DE VENTADOUR 31300 TOULOUSE</t>
   </si>
   <si>
     <t>01/04/2019</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
-    <t>ACSEA</t>
-[...430 lines deleted...]
-  <si>
     <t>LES 13 VENTS  ECOLE INTERNATIONALE DES METIERS ET DES COMPETENCES LIMOUSIN</t>
   </si>
   <si>
     <t>51 BOULEVARD DE LA LUNADE 19000 TULLE</t>
   </si>
   <si>
     <t>13/12/2013</t>
   </si>
   <si>
     <t>JMB FORMATION</t>
   </si>
   <si>
     <t>245 ROUTE DES LUCIOLES 06560 VALBONNE</t>
   </si>
   <si>
     <t>08/09/2014</t>
   </si>
   <si>
-    <t>LENOTRE</t>
-[...37 lines deleted...]
-  <si>
     <t>ACADEMIE FORMATION GROUPE COMPASS</t>
   </si>
   <si>
     <t>117-133 117 AVENUE DE LA REPUBLIQUE 92320 CHATILLON</t>
   </si>
   <si>
     <t>09/01/2017</t>
   </si>
   <si>
     <t>VOXIA RESTAURATION</t>
   </si>
   <si>
     <t>198 BOULEVARD VOLTAIRE 13821 LA PENNE-SUR-HUVEAUNE</t>
   </si>
   <si>
     <t>03/09/2018</t>
   </si>
   <si>
     <t>18/05/2024</t>
   </si>
   <si>
     <t>CERTIFICATIONS ET SERVICES - TOURISME HOTELLERIE RESTAURATION LOISIRS</t>
   </si>
   <si>
     <t>12/05/2015</t>
@@ -1337,50 +1343,53 @@
     <t>ABCR - APPPLICATION BREVET CUISINE ET RESTAURANT</t>
   </si>
   <si>
     <t>55 QUAI PAUL SEDALLIAN 69009 LYON</t>
   </si>
   <si>
     <t>15/09/2022</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>LA SOURCE</t>
   </si>
   <si>
     <t>7 RUE PAUL CHATROUSSE 92200 NEUILLY-SUR-SEINE</t>
   </si>
   <si>
     <t>14/09/2021</t>
   </si>
   <si>
     <t>14 AVENUE EDOUARD VAILLANT 93500 PANTIN</t>
   </si>
   <si>
     <t>24/09/2021</t>
+  </si>
+  <si>
+    <t>31/07/2025</t>
   </si>
   <si>
     <t>L'ECOLE DES CUISTOTS MIGRATEURS</t>
   </si>
   <si>
     <t>22 RUE CONDORCET 93100 MONTREUIL</t>
   </si>
   <si>
     <t>21/01/2020</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>308 RUE DE CHICLANA 34500 BEZIERS</t>
   </si>
   <si>
     <t>2300 AVENUE DES MOULINS 34080 MONTPELLIER</t>
   </si>
   <si>
     <t>UMIH FORMATION SAS</t>
   </si>
   <si>
     <t>16/08/2022</t>
   </si>
@@ -2062,57 +2071,57 @@
         <v>13002794900093</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I8" s="3">
         <v>53351087435</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>18240014300026</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
@@ -3268,4258 +3277,4264 @@
       <c r="F40" s="2" t="s">
         <v>150</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I40" s="3">
         <v>72330258733</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>43804828200026</v>
+        <v>40487427300257</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I41" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>43865470900015</v>
+        <v>40765437500044</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="D42" s="2"/>
+      <c r="D42" s="2" t="s">
+        <v>154</v>
+      </c>
       <c r="E42" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="G42" s="2"/>
+      <c r="G42" s="2" t="s">
+        <v>157</v>
+      </c>
       <c r="H42" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="3">
-        <v>31590543059</v>
+        <v>73650023765</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>43891831000048</v>
+        <v>40765437500051</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D43" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="3">
-        <v>11770368077</v>
+        <v>73650023765</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>43891831000063</v>
+        <v>40765437500077</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D44" s="2"/>
+        <v>154</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>154</v>
+      </c>
       <c r="E44" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="F44" s="2" t="s">
+      <c r="G44" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I44" s="3">
-        <v>11770368077</v>
+        <v>73650023765</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>43891831000071</v>
+        <v>41055004000019</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I45" s="3">
-        <v>11770368077</v>
+        <v>83030299303</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>44057777300052</v>
+        <v>41338650900017</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I46" s="3">
-        <v>31620165562</v>
+        <v>25610046361</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>44403832700029</v>
+        <v>41339783700027</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I47" s="3">
-        <v>11753742275</v>
+        <v>41540163154</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>52344837100030</v>
+        <v>41875656500028</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I48" s="3">
-        <v>93131376713</v>
+        <v>93130998613</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>52505175100010</v>
+        <v>42219375500028</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I49" s="3"/>
+      <c r="I49" s="3">
+        <v>11753582375</v>
+      </c>
       <c r="J49" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>53948741300038</v>
+        <v>42301992600041</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>179</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>180</v>
+      </c>
       <c r="E50" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I50" s="3">
-        <v>52440644844</v>
+        <v>98970386297</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>48538820100041</v>
+        <v>77784331900057</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="I51" s="3">
-        <v>53351043235</v>
+        <v>53560156856</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>49538963700028</v>
+        <v>77921920300022</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I52" s="3">
-        <v>11930554993</v>
+        <v>83630024963</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>50055217900045</v>
+        <v>78351618000040</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I53" s="3">
-        <v>32620279162</v>
+        <v>31590122959</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>40487427300257</v>
+        <v>78574029100071</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D54" s="2"/>
+        <v>192</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>193</v>
+      </c>
       <c r="E54" s="2" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I54" s="3"/>
+      <c r="I54" s="3">
+        <v>11940392094</v>
+      </c>
       <c r="J54" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>40765437500044</v>
+        <v>78574029100220</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="G55" s="2"/>
+        <v>198</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>199</v>
+      </c>
       <c r="H55" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I55" s="3">
-        <v>73650023765</v>
+        <v>11940392094</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>40765437500051</v>
+        <v>78574029100394</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I56" s="3">
-        <v>73650023765</v>
+        <v>11940392094</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>40765437500077</v>
+        <v>78574029101012</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I57" s="3">
-        <v>73650023765</v>
+        <v>11940392094</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>41055004000019</v>
+        <v>78574029101020</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I58" s="3">
-        <v>83030299303</v>
+        <v>11940392094</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>41338650900017</v>
+        <v>78574029101038</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I59" s="3">
-        <v>25610046361</v>
+        <v>11940392094</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>41339783700027</v>
+        <v>78804163000047</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>41540163154</v>
+        <v>211</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>212</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>41875656500028</v>
+        <v>79374443400010</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I61" s="3">
-        <v>93130998613</v>
+        <v>98970425197</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>42219375500028</v>
+        <v>79459084400013</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>26</v>
+        <v>219</v>
       </c>
       <c r="I62" s="3">
-        <v>11753582375</v>
+        <v>52850205985</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>42301992600041</v>
+        <v>47956103700017</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>21</v>
+        <v>222</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I63" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>42924994900075</v>
+        <v>48538820100041</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>26</v>
+        <v>226</v>
       </c>
       <c r="I64" s="3">
-        <v>83630337163</v>
+        <v>53351043235</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>42924994900117</v>
+        <v>49538963700028</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>225</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="I65" s="3">
-        <v>83630337163</v>
+        <v>11930554993</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>42924994900133</v>
+        <v>30340844700033</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>227</v>
+        <v>34</v>
       </c>
       <c r="I66" s="3">
-        <v>83630337163</v>
+        <v>22800001380</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>42924994900141</v>
+        <v>30497431400011</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>232</v>
+        <v>188</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="I67" s="3">
-        <v>83630337163</v>
+        <v>11750015475</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>42924994900158</v>
+        <v>30591416000034</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>227</v>
+        <v>34</v>
       </c>
       <c r="I68" s="3">
-        <v>83630337163</v>
+        <v>93130698913</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>42924994900174</v>
+        <v>30791852400017</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I69" s="3">
-        <v>83630337163</v>
+        <v>24280165228</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>77556139200330</v>
+        <v>31092300800117</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>26</v>
+        <v>244</v>
       </c>
       <c r="I70" s="3">
-        <v>25140027514</v>
+        <v>11788313278</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>77563016300019</v>
+        <v>31281559000038</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="I71" s="3">
-        <v>31620012662</v>
+        <v>73310095331</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>77568497000129</v>
+        <v>31513169800047</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>245</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>249</v>
+        <v>211</v>
       </c>
       <c r="I72" s="3">
-        <v>11930394393</v>
+        <v>11750763975</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>77568497000673</v>
+        <v>31513169800120</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>245</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
         <v>251</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>252</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>253</v>
+        <v>211</v>
       </c>
       <c r="I73" s="3">
-        <v>11930394393</v>
+        <v>11750763975</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>77568497002273</v>
+        <v>31513169800146</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>257</v>
+        <v>34</v>
       </c>
       <c r="I74" s="3">
-        <v>11930394393</v>
+        <v>11750763975</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>77568879900011</v>
+        <v>31513169800153</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I75" s="3">
-        <v>11751561875</v>
+        <v>11750763975</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>77784331900057</v>
+        <v>31513169800179</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>263</v>
+        <v>26</v>
       </c>
       <c r="I76" s="3">
-        <v>53560156856</v>
+        <v>11750763975</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>77921920300022</v>
+        <v>31513169800187</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>264</v>
+        <v>248</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>244</v>
+        <v>259</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I77" s="3">
-        <v>83630024963</v>
+        <v>11750763975</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>78351618000040</v>
+        <v>31513169800195</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>266</v>
+        <v>248</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I78" s="3">
-        <v>31590122959</v>
+        <v>11750763975</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>78574029100071</v>
+        <v>31513169800211</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I79" s="3">
-        <v>11940392094</v>
+        <v>11750763975</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>78574029100220</v>
+        <v>31721734700044</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>26</v>
+        <v>211</v>
       </c>
       <c r="I80" s="3">
-        <v>11940392094</v>
+        <v>11750327775</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>78574029100394</v>
+        <v>32159164600492</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>278</v>
+        <v>137</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I81" s="3">
-        <v>11940392094</v>
+        <v>53350111635</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>78574029101012</v>
+        <v>32240853500068</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>269</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I82" s="3">
-        <v>11940392094</v>
+        <v>25610002361</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>78574029101020</v>
+        <v>32375233700036</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I83" s="3">
-        <v>11940392094</v>
+        <v>42670089367</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>78574029101038</v>
+        <v>32396166400162</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>26</v>
+        <v>211</v>
       </c>
       <c r="I84" s="3">
-        <v>11940392094</v>
+        <v>83630030163</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>78804163000047</v>
+        <v>32396166400170</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>289</v>
+        <v>26</v>
+      </c>
+      <c r="I85" s="3">
+        <v>83630030163</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>50494797900010</v>
+        <v>32396166400287</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>290</v>
+        <v>275</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I86" s="3">
-        <v>41880097888</v>
+        <v>83630030163</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>50788688500023</v>
+        <v>32441928200664</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I87" s="3">
-        <v>41880098288</v>
+        <v>11753781075</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>50890422400047</v>
+        <v>32441928201209</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="D88" s="2"/>
+        <v>282</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>285</v>
+      </c>
       <c r="E88" s="2" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I88" s="3">
-        <v>11910630891</v>
+        <v>11753781075</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>50923283100016</v>
+        <v>32441928201373</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>301</v>
+        <v>289</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I89" s="3">
-        <v>21510170351</v>
+        <v>11753781075</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>50923283100024</v>
+        <v>32570588700033</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>290</v>
+      </c>
+      <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>21</v>
+        <v>292</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>34</v>
+        <v>211</v>
       </c>
       <c r="I90" s="3">
-        <v>21510170351</v>
+        <v>24370147037</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>50923283100040</v>
+        <v>32886010100042</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>293</v>
+      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>21</v>
+        <v>295</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I91" s="3">
-        <v>21510170351</v>
+        <v>26210018121</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>50923283100057</v>
+        <v>33810922600021</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>21</v>
+        <v>298</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I92" s="3">
-        <v>21510170351</v>
+        <v>31620025862</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>51159375800010</v>
+        <v>50055217900045</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I93" s="3"/>
+      <c r="I93" s="3">
+        <v>32620279162</v>
+      </c>
       <c r="J93" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>30340844700033</v>
+        <v>50494797900010</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I94" s="3">
-        <v>22800001380</v>
+        <v>41880097888</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>30497431400011</v>
+        <v>50788688500023</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>244</v>
+        <v>307</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I95" s="3">
-        <v>11750015475</v>
+        <v>41880098288</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>30591416000034</v>
+        <v>50890422400047</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I96" s="3">
-        <v>93130698913</v>
+        <v>11910630891</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>30791852400017</v>
+        <v>50923283100016</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="D97" s="2"/>
+        <v>311</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>311</v>
+      </c>
       <c r="E97" s="2" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I97" s="3">
-        <v>24280165228</v>
+        <v>21510170351</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>31092300800117</v>
+        <v>50923283100024</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="D98" s="2"/>
+        <v>311</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>311</v>
+      </c>
       <c r="E98" s="2" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>321</v>
+        <v>21</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>322</v>
+        <v>34</v>
       </c>
       <c r="I98" s="3">
-        <v>11788313278</v>
+        <v>21510170351</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>31281559000038</v>
+        <v>50923283100040</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="D99" s="2"/>
+        <v>311</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>311</v>
+      </c>
       <c r="E99" s="2" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>325</v>
+        <v>21</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I99" s="3">
-        <v>73310095331</v>
+        <v>21510170351</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>31513169800047</v>
+        <v>50923283100057</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="D100" s="2"/>
+        <v>311</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>311</v>
+      </c>
       <c r="E100" s="2" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>328</v>
+        <v>21</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>288</v>
+        <v>34</v>
       </c>
       <c r="I100" s="3">
-        <v>11750763975</v>
+        <v>21510170351</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>31513169800120</v>
+        <v>51159375800010</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="D101" s="2"/>
+        <v>317</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>318</v>
+      </c>
       <c r="E101" s="2" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>330</v>
+        <v>237</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>288</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I101" s="3"/>
       <c r="J101" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>31513169800146</v>
+        <v>52174991100033</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>16</v>
+        <v>322</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I102" s="3">
-        <v>11750763975</v>
+        <v>91660147766</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>31513169800153</v>
+        <v>52344837100030</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="G103" s="2"/>
+        <v>325</v>
+      </c>
+      <c r="G103" s="2" t="s">
+        <v>326</v>
+      </c>
       <c r="H103" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I103" s="3">
-        <v>11750763975</v>
+        <v>93131376713</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>31513169800179</v>
+        <v>52505175100010</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I104" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I104" s="3"/>
       <c r="J104" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>31513169800187</v>
+        <v>53948741300038</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>337</v>
+        <v>33</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I105" s="3">
-        <v>11750763975</v>
+        <v>52440644844</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>31513169800195</v>
+        <v>66205454300019</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>339</v>
+        <v>188</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>26</v>
+        <v>334</v>
       </c>
       <c r="I106" s="3">
-        <v>11750763975</v>
+        <v>11750018978</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>31513169800211</v>
+        <v>66205454300456</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>341</v>
+        <v>33</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>26</v>
+        <v>211</v>
       </c>
       <c r="I107" s="3">
-        <v>11750763975</v>
+        <v>11750018978</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>31721734700044</v>
+        <v>77556139200330</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="D108" s="2"/>
+        <v>336</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>337</v>
+      </c>
       <c r="E108" s="2" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>288</v>
+        <v>26</v>
       </c>
       <c r="I108" s="3">
-        <v>11750327775</v>
+        <v>25140027514</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>32159164600492</v>
+        <v>77563016300019</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>137</v>
+        <v>188</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="I109" s="3">
-        <v>53350111635</v>
+        <v>31620012662</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>32240853500068</v>
+        <v>77568497000129</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="D110" s="2"/>
+        <v>342</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>343</v>
+      </c>
       <c r="E110" s="2" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>26</v>
+        <v>346</v>
       </c>
       <c r="I110" s="3">
-        <v>25610002361</v>
+        <v>11930394393</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>32375233700036</v>
+        <v>77568497000673</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="D111" s="2"/>
+        <v>342</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>347</v>
+      </c>
       <c r="E111" s="2" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>26</v>
+        <v>350</v>
       </c>
       <c r="I111" s="3">
-        <v>42670089367</v>
+        <v>11930394393</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>32396166400162</v>
+        <v>77568497002273</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="G112" s="2"/>
+        <v>352</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>353</v>
+      </c>
       <c r="H112" s="2" t="s">
-        <v>288</v>
+        <v>334</v>
       </c>
       <c r="I112" s="3">
-        <v>83630030163</v>
+        <v>11930394393</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>32396166400170</v>
+        <v>77568879900011</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>357</v>
+        <v>188</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I113" s="3">
-        <v>83630030163</v>
+        <v>11751561875</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>32396166400287</v>
+        <v>43267410900074</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="F114" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G114" s="2"/>
+      <c r="G114" s="2" t="s">
+        <v>359</v>
+      </c>
       <c r="H114" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I114" s="3">
-        <v>83630030163</v>
+        <v>82070066107</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>32441928200664</v>
+        <v>43804828200026</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I115" s="3">
-        <v>11753781075</v>
+        <v>93131026313</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>32441928201209</v>
+        <v>43865470900015</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>359</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I116" s="3">
-        <v>11753781075</v>
+        <v>31590543059</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>32441928201373</v>
+        <v>43891831000048</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="D117" s="2"/>
+        <v>366</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>367</v>
+      </c>
       <c r="E117" s="2" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I117" s="3">
-        <v>11753781075</v>
+        <v>11770368077</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>32570588700033</v>
+        <v>43891831000063</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="G118" s="2"/>
+        <v>371</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>372</v>
+      </c>
       <c r="H118" s="2" t="s">
-        <v>288</v>
+        <v>26</v>
       </c>
       <c r="I118" s="3">
-        <v>24370147037</v>
+        <v>11770368077</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>32886010100042</v>
+        <v>43891831000071</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>372</v>
+        <v>281</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I119" s="3">
-        <v>26210018121</v>
+        <v>11770368077</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>33810922600021</v>
+        <v>44057777300052</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I120" s="3">
-        <v>31620025862</v>
+        <v>31620165562</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>79374443400010</v>
+        <v>44403832700029</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I121" s="3">
-        <v>98970425197</v>
+        <v>11753742275</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>79459084400013</v>
+        <v>42924994900075</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>234</v>
+        <v>382</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>381</v>
+        <v>26</v>
       </c>
       <c r="I122" s="3">
-        <v>52850205985</v>
+        <v>83630337163</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>79964373900011</v>
+        <v>42924994900117</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="D123" s="2"/>
+        <v>380</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>383</v>
+      </c>
       <c r="E123" s="2" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="G123" s="2"/>
+        <v>385</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>386</v>
+      </c>
       <c r="H123" s="2" t="s">
-        <v>34</v>
+        <v>387</v>
       </c>
       <c r="I123" s="3">
-        <v>74190081619</v>
+        <v>83630337163</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>80464190000019</v>
+        <v>42924994900133</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>26</v>
+        <v>387</v>
       </c>
       <c r="I124" s="3">
-        <v>93060746106</v>
+        <v>83630337163</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>66205454300019</v>
+        <v>42924994900141</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>244</v>
+        <v>392</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>257</v>
+        <v>387</v>
       </c>
       <c r="I125" s="3">
-        <v>11750018978</v>
+        <v>83630337163</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>66205454300456</v>
+        <v>42924994900158</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="D126" s="2"/>
+        <v>380</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>380</v>
+      </c>
       <c r="E126" s="2" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>33</v>
+        <v>218</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>288</v>
+        <v>387</v>
       </c>
       <c r="I126" s="3">
-        <v>11750018978</v>
+        <v>83630337163</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>43267410900074</v>
+        <v>42924994900174</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>391</v>
+        <v>380</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I127" s="3">
-        <v>82070066107</v>
+        <v>83630337163</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>47956103700017</v>
+        <v>79964373900011</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I128" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I128" s="3">
+        <v>74190081619</v>
+      </c>
       <c r="J128" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>52174991100033</v>
+        <v>80464190000019</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="D129" s="2"/>
+        <v>400</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>400</v>
+      </c>
       <c r="E129" s="2" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I129" s="3">
-        <v>91660147766</v>
+        <v>93060746106</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
         <v>80982162200028</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I130" s="3">
         <v>11922073692</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
         <v>81276701000026</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="H131" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I131" s="3">
         <v>93131579213</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
         <v>81531318400013</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>327</v>
+        <v>249</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>183</v>
+        <v>226</v>
       </c>
       <c r="I132" s="3"/>
       <c r="J132" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
         <v>81879290500015</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="H133" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I133" s="3">
         <v>75331012433</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
         <v>82422814200017</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I134" s="3">
         <v>11930743393</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
         <v>82422814200025</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I135" s="3">
         <v>11930743393</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
         <v>82422814200124</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I136" s="3">
         <v>11930743393</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
         <v>82422814200371</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I137" s="3">
         <v>11930743393</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
         <v>82422814200520</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I138" s="3">
         <v>11930743393</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
         <v>82422814200587</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I139" s="3">
         <v>11930743393</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
         <v>82422814201064</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I140" s="3">
         <v>11930743393</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
         <v>82422814201106</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I141" s="3">
         <v>11930743393</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
         <v>82422814201189</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I142" s="3">
         <v>11930743393</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
         <v>82422814201783</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I143" s="3">
         <v>11930743393</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
         <v>82422814201916</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I144" s="3">
         <v>11930743393</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
         <v>82431407400025</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="H145" s="2" t="s">
-        <v>288</v>
+        <v>211</v>
       </c>
       <c r="I145" s="3">
         <v>93830525383</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
         <v>82431407400041</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I146" s="3">
         <v>93830525383</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
         <v>83335670200039</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I147" s="3">
         <v>84691903669</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
         <v>84359033200030</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="I148" s="3">
         <v>11922279792</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
         <v>84359033200048</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="G149" s="2"/>
+        <v>442</v>
+      </c>
+      <c r="G149" s="2" t="s">
+        <v>443</v>
+      </c>
       <c r="H149" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I149" s="3">
         <v>11922279792</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
         <v>88223062600013</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I150" s="3">
         <v>11931090893</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
         <v>89079142900107</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>288</v>
+        <v>211</v>
       </c>
       <c r="I151" s="3">
         <v>76341086134</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
         <v>89079142900123</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>288</v>
+        <v>211</v>
       </c>
       <c r="I152" s="3">
         <v>76341086134</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
         <v>91850054700016</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>169</v>
+        <v>378</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I153" s="3">
         <v>11756581875</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -7551,31 +7566,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/02/2025 21:54:01</dc:description>
+  <dc:description>Export en date du 01/02/2026 02:07:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>