--- v1 (2026-01-02)
+++ v2 (2026-03-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -220,53 +220,50 @@
   <si>
     <t>AVENUE NAPOLEON 3 20000 AJACCIO</t>
   </si>
   <si>
     <t>11/04/1989</t>
   </si>
   <si>
     <t>9420P100220</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CHAPTAL</t>
   </si>
   <si>
     <t>GRETA DES COTES D'ARMOR</t>
   </si>
   <si>
     <t>19 B BOULEVARD LAMARTINE 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
-    <t>5335P001022</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE PROFESSIONNEL JEAN CAPELLE - LYCEE DES METIERS DE L'HOTELLERIE, DE LA GASTRONOMIE ET DES SERVICES</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 24100 BERGERAC</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JOSEPHINE BAKER</t>
   </si>
   <si>
     <t>387 AVENUE JOSEPHINE BAKER 24200 SARLAT-LA-CANEDA</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
   </si>
   <si>
     <t>GRETA - CFA AQUITAINE</t>
   </si>
   <si>
     <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1991</t>
@@ -358,53 +355,50 @@
   <si>
     <t>01/01/1989</t>
   </si>
   <si>
     <t>4155P000255</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL DOMINIQUE LABROISE</t>
   </si>
   <si>
     <t>22 RUE DE LA MESANGE 57400 SARREBOURG</t>
   </si>
   <si>
     <t>LYCEE HENRI NOMINE- LYCEE DES METIERS TRANSFONTALIER DES SERVICES AUX ENTREPRISES</t>
   </si>
   <si>
     <t>GRETA LORRAINE EST</t>
   </si>
   <si>
     <t>27 RUE DU CHAMP DE MARS 57200 SARREGUEMINES</t>
   </si>
   <si>
     <t>30/03/2023</t>
   </si>
   <si>
-    <t>4157P001857</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE PROFESSIONNEL ILE DE FLANDRE</t>
   </si>
   <si>
     <t>246 B QUAI DE LA DERIVATION 59280 ARMENTIERES</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL DU DETROIT</t>
   </si>
   <si>
     <t>200 RUE GUILLAUME APOLLINAIRE 62100 CALAIS</t>
   </si>
   <si>
     <t>23/07/1992</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT HOTELIER</t>
   </si>
   <si>
     <t>AVENUE DU CHATEAU 62520 LE TOUQUET-PARIS-PLAGE</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BIARRITZ ATLANTIQUE - LYCEE DES METIERS DE L'HOTELLERIE ET DU TOURISME</t>
   </si>
   <si>
     <t>2 RUE FRANCIS JAMMES 64200 BIARRITZ</t>
@@ -415,140 +409,353 @@
   <si>
     <t>LYCEE POLYVALENT LAURENT DE LAVOISIER</t>
   </si>
   <si>
     <t>42 RUE LAVOISIER 68200 MULHOUSE</t>
   </si>
   <si>
     <t>01/09/1987</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA HOTOIE</t>
   </si>
   <si>
     <t>GRETA SOMME</t>
   </si>
   <si>
     <t>70 BOULEVARD SAINT-QUENTIN 80090 AMIENS</t>
   </si>
   <si>
     <t>25/12/2005</t>
   </si>
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
-    <t>2280P000780</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>CA DU PAYS BASQUE</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES APPRENTIS</t>
   </si>
   <si>
     <t>PLACE PAUL BERT 64100 BAYONNE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>ASS FORMATION CONTINUE RESTAURATEURS</t>
+  </si>
+  <si>
+    <t>4 RUE DE GRAMONT 75002 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CTR FORMATION APPRENTI INTERPROF COROT</t>
+  </si>
+  <si>
+    <t>PARC MASSILIA 33 BOULEVARD DU CAPITAINE GEZE 13014 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GESTIONNAIRE DU CFA INTERPROFESSIONNEL D'EURE-ET-LOIR</t>
+  </si>
+  <si>
+    <t>LES CHAISES RUE CHARLES ISIDORE DOUIN 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>01/01/1990</t>
+  </si>
+  <si>
+    <t>SODEXO EN FRANCE</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA REDOUTE 78280 GUYANCOURT</t>
+  </si>
+  <si>
+    <t>20/07/2009</t>
+  </si>
+  <si>
+    <t>56.29B</t>
+  </si>
+  <si>
+    <t>ASS FORMATIO APPRENTIS COMMERCE SERVICES</t>
+  </si>
+  <si>
+    <t>21 AVENUE GEORGES BRASSENS 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>02/10/1995</t>
+  </si>
+  <si>
+    <t>STELO FORMATION</t>
+  </si>
+  <si>
+    <t>22 RUE D'ANJOU 75008 PARIS</t>
+  </si>
+  <si>
+    <t>03/02/1981</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>PLACE PIERRE JEANNIN 13 RUE DES HALLES 71150 CHAGNY</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>BOULOURIS 142 AVENUE DES CHENES VERTS 83700 SAINT-RAPHAEL</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN FOURGEAUD 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>3 RUE DES MIMOSAS 06400 CANNES</t>
+  </si>
+  <si>
+    <t>23/04/2014</t>
+  </si>
+  <si>
+    <t>8 RUE DE L’ECHAUGUETTE 78570 CHANTELOUP-LES-VIGNES</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>6 B RUE EMILE DUCLAUX 92150 SURESNES</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>75 LE CHEMIN DES ANGLAIS 62600 BERCK</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPEMENT DES METIERS DE LA TABLE</t>
+  </si>
+  <si>
+    <t>17 A 19 19 RUE JACQUES IBERT 75017 PARIS</t>
+  </si>
+  <si>
+    <t>17/01/1983</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>4 RUE FERDINAND DE LESSEPS 29200 BREST</t>
+  </si>
+  <si>
+    <t>IRFA FORMATION</t>
+  </si>
+  <si>
+    <t>CTIS 2 AVENUE DE CAMBRIDGE 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>01/10/2007</t>
+  </si>
+  <si>
+    <t>ASSOCIATION L'ATELIER</t>
+  </si>
+  <si>
+    <t>21 RUE LIVIO 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/05/1998</t>
+  </si>
+  <si>
+    <t>OSENGO</t>
+  </si>
+  <si>
+    <t>70 AVENUE DE LA REPUBLIQUE 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>25/03/2013</t>
+  </si>
+  <si>
+    <t>5 RUE DU COQ VERT 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>35 RUE DU PRE LA REINE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>01/05/1997</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>LES CHAMPS DOLENTS 6 RUE DE SETUBAL 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 23 B RUE DANJOU 92100 BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>LA CITE DES FORMATIONS</t>
+  </si>
+  <si>
+    <t>8 ALLEE ROGER LECOTTE 37100 TOURS</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>ECOLE DES METIERS DIJON METROPOLE</t>
+  </si>
+  <si>
+    <t>1 CHEMIN DE LA NOUE 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>01/02/2008</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION HOTELLERIE&amp;RESTAURATION</t>
+  </si>
+  <si>
+    <t>7 A Z I LES PORTES DU NORD 62820 LIBERCOURT</t>
+  </si>
+  <si>
+    <t>19/07/2007</t>
+  </si>
+  <si>
     <t>ASSOCIATION ENVERGURE</t>
   </si>
   <si>
     <t>7 RUE NICOLAS ROBERT 93600 AULNAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>01/04/2004</t>
   </si>
   <si>
     <t>CTRE EUROPEEN FORMATION PROFESS HOTELIER</t>
   </si>
   <si>
     <t>4 RUE EUGENIE BRAZIER 67400 ILLKIRCH-GRAFFENSTADEN</t>
   </si>
   <si>
     <t>19/06/2019</t>
   </si>
   <si>
     <t>CAFA FORMATION</t>
   </si>
   <si>
     <t>108 QUAI DES CHARTRONS 33000 BORDEAUX</t>
   </si>
   <si>
     <t>30/04/2008</t>
   </si>
   <si>
+    <t>HENRIMAN FORMATION</t>
+  </si>
+  <si>
+    <t>18 RUE DE LA RAINIERE 44300 NANTES</t>
+  </si>
+  <si>
     <t>SCOP INSTEP</t>
   </si>
   <si>
     <t>70 RUE DE BOUVINES 59800 LILLE</t>
   </si>
   <si>
     <t>15/04/2003</t>
   </si>
   <si>
     <t>CATALYSE</t>
   </si>
   <si>
     <t>RUE DE LATTRE DE TASSIGNY 64000 PAU</t>
   </si>
   <si>
     <t>04/11/2002</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>CHE DE ST FRAI 65600 SEMEAC</t>
   </si>
   <si>
     <t>01/09/2004</t>
   </si>
   <si>
     <t>281 ROUTE D'ESPAGNE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>01/10/2011</t>
   </si>
   <si>
-    <t>28/09/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>INST.DE FORMAT.INTERPROFESSIONNEL ALLIER</t>
   </si>
   <si>
     <t>11 RTE DE PARIS CHAMPFEU 03000 AVERMES</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>IRFA ENTREPRISES</t>
   </si>
   <si>
     <t>POLE UNIVERSITAIRE MONTFOULON 61250 DAMIGNY</t>
   </si>
   <si>
     <t>01/07/1997</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES METIERS DE L'INDUSTRIE HOTELIERE 54</t>
   </si>
   <si>
     <t>24 RUE HENRI BAZIN 54000 NANCY</t>
   </si>
   <si>
     <t>25/02/1997</t>
@@ -562,71 +769,392 @@
   <si>
     <t>30/08/2000</t>
   </si>
   <si>
     <t>02/09/2024</t>
   </si>
   <si>
     <t>AFEC</t>
   </si>
   <si>
     <t>6 RUE DE LA PIERRE LEVEE 75011 PARIS</t>
   </si>
   <si>
     <t>30/06/2001</t>
   </si>
   <si>
     <t xml:space="preserve">LEBRETON EDDY JOSEPH  </t>
   </si>
   <si>
     <t>ENDEMIA FORMATION</t>
   </si>
   <si>
     <t>192 RLE DE FLORIS 97440 SAINT-ANDRE</t>
   </si>
   <si>
+    <t>H &amp; C CONSEIL</t>
+  </si>
+  <si>
+    <t>6 PLACE DE REGENSBURG 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>15/02/2005</t>
+  </si>
+  <si>
+    <t>H ET C CONSEIL</t>
+  </si>
+  <si>
+    <t>20 RUE DE MARAUSSAN 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/08/2008</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>H2C CONSEIL</t>
+  </si>
+  <si>
+    <t>39 RUE POMIER-LAYRARGUES 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>BAT.K VILLE ACTIVE 32 RUE ROBERT MALLET STEVENS 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>7 RUE ARISTIDE BERGES 66330 CABESTANY</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>35 RUE BERNARD DE VENTADOUR 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>AGIR INNOVER MOBILISER ESSAIMER</t>
+  </si>
+  <si>
+    <t>615 RTE DES VERNADES - ZONE COMMERCIALE 07260 ROSIERES</t>
+  </si>
+  <si>
+    <t>13/10/2016</t>
+  </si>
+  <si>
+    <t>26/06/2024</t>
+  </si>
+  <si>
+    <t>CONSEIL FORMATION INGENIERIE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>57 RUE DRAGON 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/12/2005</t>
+  </si>
+  <si>
+    <t>SARL INFRES</t>
+  </si>
+  <si>
+    <t>384 RUE DU GENERAL DE GAULLE 59370 MONS-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>04/07/2001</t>
+  </si>
+  <si>
+    <t>AGENCE SEINE ET MARNAISE DE FORMATION PROFESSION- NELLE - ASMFP 77</t>
+  </si>
+  <si>
+    <t>ASMFP</t>
+  </si>
+  <si>
+    <t>IMM LE MILLENIUM 9 BOULEVARD MENDES FRANCE 77600 BUSSY-SAINT-GEORGES</t>
+  </si>
+  <si>
+    <t>13/01/2012</t>
+  </si>
+  <si>
+    <t>59 RUE BOISSIERE 75016 PARIS</t>
+  </si>
+  <si>
+    <t>30/08/2021</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>3 RUE PAUL TAVERNIER 77300 FONTAINEBLEAU</t>
+  </si>
+  <si>
+    <t>SARL RESTHO FORMATION</t>
+  </si>
+  <si>
+    <t>30 B ROUTE DE BETHUNE 62300 LENS</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>UNION METIER INDUS HOTELLERIE FORMATION</t>
+  </si>
+  <si>
+    <t>211 RUE DE L'UNIVERSITE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>26/09/2009</t>
+  </si>
+  <si>
+    <t>ACI PERFORMANCE</t>
+  </si>
+  <si>
+    <t>4 RUE LOUIS ADAM 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>10/11/2004</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA PROMOTION DE L'APPRENTISSAGE DE L'ENSEIGNEMENT CATHOLIQUE TECHNOLOGIQUE PROFESSIONNEL ET AGRICOLE E</t>
+  </si>
+  <si>
+    <t>BAT ECOLE ST LAURENT 2EME ETAGE 9 RUE FRANZ HELLER 35700 RENNES</t>
+  </si>
+  <si>
+    <t>05/12/2018</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>INSERTION. FORMATION. EMPLOI-BAT (I.F.E. - BAT)</t>
+  </si>
+  <si>
+    <t>189 RUE D'AUBERVILLIERS 75018 PARIS</t>
+  </si>
+  <si>
+    <t>18/02/2008</t>
+  </si>
+  <si>
+    <t>A L'ECOLE DES CHEFS</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA SOUS-PREFECTURE 59190 HAZEBROUCK</t>
+  </si>
+  <si>
+    <t>30/12/2021</t>
+  </si>
+  <si>
+    <t>FIH 88 FORMATION</t>
+  </si>
+  <si>
+    <t>32 RUE ANDRE VITU 88000 EPINAL</t>
+  </si>
+  <si>
+    <t>26/06/2008</t>
+  </si>
+  <si>
+    <t>SECRETS DE CHEF</t>
+  </si>
+  <si>
+    <t>4 RUE DE LA MARNE 88000 EPINAL</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>FORM'ALACARTE</t>
+  </si>
+  <si>
+    <t>46 RUE PIERRE BROSSOLETTE 91360 EPINAY-SUR-ORGE</t>
+  </si>
+  <si>
+    <t>27/02/2023</t>
+  </si>
+  <si>
+    <t>ALMEA FORMATIONS INTERPRO</t>
+  </si>
+  <si>
+    <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>08/10/2008</t>
+  </si>
+  <si>
+    <t>9 RUE ROBERT KELLER 10150 PONT-SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>1 RUE ALBERT CAMUS 52000 CHAUMONT</t>
+  </si>
+  <si>
+    <t>129 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
+  </si>
+  <si>
+    <t>APPRENTIS D'AUTEUIL MAYOTTE</t>
+  </si>
+  <si>
+    <t>AUTEUIL OCEAN INDIEN AGEPAC MAYOTTE</t>
+  </si>
+  <si>
+    <t>16 RUE DE L'HOPITAL 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>3B CONSEIL</t>
+  </si>
+  <si>
+    <t>ZA D'EN CAVAILLES 3 RUE GASPARD MONGE 66160 LE BOULOU</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>AFC GROUPE</t>
+  </si>
+  <si>
+    <t>LES ESPACES DE LA STE BEAUME LOT 21 30 AVENUE DU CHATEAU DE JOUQUES 13420 GEMENOS</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>19/09/2024</t>
+  </si>
+  <si>
+    <t>CONFLUENCE FORMATION</t>
+  </si>
+  <si>
+    <t>13 RUE DU BAIN-AUX-PLANTES 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>20/08/2010</t>
+  </si>
+  <si>
+    <t>LENOTRE</t>
+  </si>
+  <si>
+    <t>44 RUE D'AUTEUIL 75016 PARIS</t>
+  </si>
+  <si>
+    <t>56.21Z</t>
+  </si>
+  <si>
+    <t>IMMEUBLE PAPRIKA 94 RUE DES SOLETS 94150 RUNGIS</t>
+  </si>
+  <si>
+    <t>ACSEA</t>
+  </si>
+  <si>
+    <t>LES CEDRES FORMATION</t>
+  </si>
+  <si>
+    <t>57 BOULEVARD HERBET FOURNET 14100 LISIEUX</t>
+  </si>
+  <si>
+    <t>01/10/1983</t>
+  </si>
+  <si>
+    <t>OGEC VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>32 RUE BAUDIMONT 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION AURORE</t>
+  </si>
+  <si>
+    <t>ESPACEAURORE</t>
+  </si>
+  <si>
+    <t>23 RUE DES TERRES AU CURE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>03/11/1997</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>AURORE L' ODYSSEE</t>
+  </si>
+  <si>
+    <t>6 BOULEVARD GUTENBERG 93190 LIVRY-GARGAN</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>87.90B</t>
+  </si>
+  <si>
+    <t>PLATEAU TECHNIQUE RESTAURATION 82 AVENUE DENFERT-ROCHEREAU 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>31/08/2023</t>
+  </si>
+  <si>
+    <t>FONDATION APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>40 RUE JEAN DE LA FONTAINE 75016 PARIS</t>
+  </si>
+  <si>
     <t>AGORA SERVICES</t>
   </si>
   <si>
     <t>2 A BOULEVARD LOUIS FRANCHET D'ESPEREY 56100 LORIENT</t>
   </si>
   <si>
     <t>01/12/1995</t>
   </si>
   <si>
     <t>55.90Z</t>
   </si>
   <si>
     <t>ASS FORMAT PROFESS PERMANENTE</t>
   </si>
   <si>
     <t>14 RUE DU CHATEAU DES VERGNES 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION JEUNESSE ET AVENIR</t>
   </si>
   <si>
     <t>2 RUE EMILE HIE 59270 BAILLEUL</t>
   </si>
   <si>
     <t>12/03/1997</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
   </si>
   <si>
     <t>INFA GOUVIEUX</t>
   </si>
   <si>
     <t>LE MANOIR CHEMIN DES AIGLES 60500 GOUVIEUX</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
     <t>INFA HERAULT</t>
   </si>
   <si>
     <t>515 RUE DE L'INDUSTRIE 34070 MONTPELLIER</t>
@@ -649,633 +1177,99 @@
   <si>
     <t>01/02/2022</t>
   </si>
   <si>
     <t>12 AVENUE DU VAL DE FONTENAY 94120 FONTENAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>02/05/2022</t>
   </si>
   <si>
     <t>6 ALLEE DE L'EURO 67205 OBERHAUSBERGEN</t>
   </si>
   <si>
     <t>03/10/2022</t>
   </si>
   <si>
     <t>INSTITUT FORMATION PROFESSION PERMANENTE</t>
   </si>
   <si>
     <t>8 RUE AGRICOLE PERDIGUIER 15000 AURILLAC</t>
   </si>
   <si>
     <t>01/10/1991</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>8315P001115</t>
   </si>
   <si>
     <t>CENTRE REUNIONNAIS D'ENTREPRISE EDUCATIVE</t>
   </si>
   <si>
     <t>2 RUE MARIUS ET ARY LEBLOND 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>13/05/2013</t>
   </si>
   <si>
     <t>MFR SAINT MICHEL MONT MERCURE</t>
   </si>
   <si>
     <t>SAINT MICHEL MONT MERCURE RUE GODARD 85700 SEVREMONT</t>
   </si>
   <si>
-    <t>01/07/2013</t>
-[...1 lines deleted...]
-  <si>
     <t>94.12Z</t>
   </si>
   <si>
-    <t>ACI PERFORMANCE</t>
-[...529 lines deleted...]
-  <si>
     <t>LES 13 VENTS  ECOLE INTERNATIONALE DES METIERS ET DES COMPETENCES LIMOUSIN</t>
   </si>
   <si>
     <t>51 BOULEVARD DE LA LUNADE 19000 TULLE</t>
   </si>
   <si>
     <t>13/12/2013</t>
   </si>
   <si>
     <t>JMB FORMATION</t>
   </si>
   <si>
     <t>245 ROUTE DES LUCIOLES 06560 VALBONNE</t>
   </si>
   <si>
     <t>08/09/2014</t>
   </si>
   <si>
     <t>ACADEMIE FORMATION GROUPE COMPASS</t>
   </si>
   <si>
     <t>117-133 117 AVENUE DE LA REPUBLIQUE 92320 CHATILLON</t>
   </si>
   <si>
     <t>09/01/2017</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
   </si>
   <si>
     <t>VOXIA RESTAURATION</t>
   </si>
   <si>
     <t>198 BOULEVARD VOLTAIRE 13821 LA PENNE-SUR-HUVEAUNE</t>
   </si>
   <si>
     <t>03/09/2018</t>
   </si>
   <si>
     <t>18/05/2024</t>
   </si>
   <si>
     <t>CERTIFICATIONS ET SERVICES - TOURISME HOTELLERIE RESTAURATION LOISIRS</t>
   </si>
   <si>
     <t>12/05/2015</t>
   </si>
   <si>
     <t>LES CRIQUETS ECOLE CULINAIRE</t>
   </si>
   <si>
     <t>128 AVENUE DU 11 NOVEMBRE 33290 BLANQUEFORT</t>
   </si>
@@ -2307,5234 +2301,5200 @@
         <v>58</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19220058200026</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19240007500011</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19240048900014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19330023300031</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="E18" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19400004800018</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19400007100010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19410899900013</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19442094900027</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19470029000019</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19490003100023</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D24" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="E24" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="3">
         <v>52490280149</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>19501219000029</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D25" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="E25" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19510035900023</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="E26" s="2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19550002000027</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="D27" s="2" t="s">
+      <c r="E27" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19570095000015</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19570099200041</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D29" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="E29" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="G29" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="F29" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H29" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>19590257200013</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>19620188300028</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>19622807600010</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>19641823000013</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>19681768800019</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>19800049900022</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C35" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="E35" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="D35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="G35" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="F35" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H35" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>134</v>
-      </c>
-[...7 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I36" s="3">
         <v>54860142086</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>20006710600100</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>138</v>
-      </c>
-[...7 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I37" s="3">
         <v>75640478264</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>34465627700078</v>
+        <v>30340844700033</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I38" s="3">
-        <v>11930705393</v>
+        <v>22800001380</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>35185807100027</v>
+        <v>30497431400011</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I39" s="3">
-        <v>42670151467</v>
+        <v>11750015475</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>38903568400064</v>
+        <v>30591416000034</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I40" s="3">
-        <v>72330258733</v>
+        <v>93130698913</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>40487427300257</v>
+        <v>30791852400017</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I41" s="3"/>
+      <c r="I41" s="3">
+        <v>24280165228</v>
+      </c>
       <c r="J41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>40765437500044</v>
+        <v>31092300800117</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="D42" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I42" s="3">
-        <v>73650023765</v>
+        <v>11788313278</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>40765437500051</v>
+        <v>31281559000038</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="3">
-        <v>73650023765</v>
+        <v>73310095331</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>40765437500077</v>
+        <v>31513169800047</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="F44" s="2" t="s">
+      <c r="G44" s="2"/>
+      <c r="H44" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="G44" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I44" s="3">
-        <v>73650023765</v>
+        <v>11750763975</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>41055004000019</v>
+        <v>31513169800120</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>26</v>
+        <v>161</v>
       </c>
       <c r="I45" s="3">
-        <v>83030299303</v>
+        <v>11750763975</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>41338650900017</v>
+        <v>31513169800146</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>168</v>
+        <v>16</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I46" s="3">
-        <v>25610046361</v>
+        <v>11750763975</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>41339783700027</v>
+        <v>31513169800153</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I47" s="3">
-        <v>41540163154</v>
+        <v>11750763975</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>41875656500028</v>
+        <v>31513169800179</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>172</v>
+        <v>158</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I48" s="3">
-        <v>93130998613</v>
+        <v>11750763975</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>42219375500028</v>
+        <v>31513169800187</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="3">
-        <v>11753582375</v>
+        <v>11750763975</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>42301992600041</v>
+        <v>31513169800195</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I50" s="3">
-        <v>98970386297</v>
+        <v>11750763975</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>77784331900057</v>
+        <v>31513169800211</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>182</v>
+        <v>158</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>185</v>
+        <v>26</v>
       </c>
       <c r="I51" s="3">
-        <v>53560156856</v>
+        <v>11750763975</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>77921920300022</v>
+        <v>31721734700044</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>187</v>
+        <v>176</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>188</v>
+        <v>177</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>34</v>
+        <v>161</v>
       </c>
       <c r="I52" s="3">
-        <v>83630024963</v>
+        <v>11750327775</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>78351618000040</v>
+        <v>32159164600492</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>191</v>
+        <v>134</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I53" s="3">
-        <v>31590122959</v>
+        <v>53350111635</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>78574029100071</v>
+        <v>32240853500068</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I54" s="3">
-        <v>11940392094</v>
+        <v>25610002361</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>78574029100220</v>
+        <v>32375233700036</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I55" s="3">
-        <v>11940392094</v>
+        <v>42670089367</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>78574029100394</v>
+        <v>32396166400162</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>26</v>
+        <v>161</v>
       </c>
       <c r="I56" s="3">
-        <v>11940392094</v>
+        <v>83630030163</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>78574029101012</v>
+        <v>32396166400170</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I57" s="3">
-        <v>11940392094</v>
+        <v>83630030163</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>78574029101020</v>
+        <v>32396166400287</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>205</v>
+        <v>192</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I58" s="3">
-        <v>11940392094</v>
+        <v>83630030163</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>78574029101038</v>
+        <v>32441928200664</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I59" s="3">
-        <v>11940392094</v>
+        <v>11753781075</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>78804163000047</v>
+        <v>32441928201209</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>193</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>196</v>
+      </c>
       <c r="E60" s="2" t="s">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>26</v>
+      </c>
+      <c r="I60" s="3">
+        <v>11753781075</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>79374443400010</v>
+        <v>32441928201373</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>213</v>
+        <v>193</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>214</v>
+        <v>199</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>215</v>
+        <v>200</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I61" s="3">
-        <v>98970425197</v>
+        <v>11753781075</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>79459084400013</v>
+        <v>32570588700033</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>216</v>
+        <v>201</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>217</v>
+        <v>202</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>218</v>
+        <v>203</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>219</v>
+        <v>161</v>
       </c>
       <c r="I62" s="3">
-        <v>52850205985</v>
+        <v>24370147037</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>47956103700017</v>
+        <v>32886010100042</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>220</v>
+        <v>204</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>221</v>
+        <v>205</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>222</v>
+        <v>206</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I63" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I63" s="3">
+        <v>26210018121</v>
+      </c>
       <c r="J63" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>48538820100041</v>
+        <v>33810922600021</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>223</v>
+        <v>207</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>226</v>
+        <v>26</v>
       </c>
       <c r="I64" s="3">
-        <v>53351043235</v>
+        <v>31620025862</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>49538963700028</v>
+        <v>34465627700078</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>227</v>
+        <v>210</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I65" s="3">
-        <v>11930554993</v>
+        <v>11930705393</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>30340844700033</v>
+        <v>35185807100027</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>231</v>
+        <v>214</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>232</v>
+        <v>215</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I66" s="3">
-        <v>22800001380</v>
+        <v>42670151467</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>30497431400011</v>
+        <v>38903568400064</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>233</v>
+        <v>216</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>234</v>
+        <v>217</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>188</v>
+        <v>218</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I67" s="3">
-        <v>11750015475</v>
+        <v>72330258733</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>30591416000034</v>
+        <v>53948741300038</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>235</v>
+        <v>219</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>236</v>
+        <v>220</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>237</v>
+        <v>33</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I68" s="3">
-        <v>93130698913</v>
+        <v>52440644844</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>30791852400017</v>
+        <v>40487427300257</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>239</v>
+        <v>222</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I69" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>31092300800117</v>
+        <v>40765437500044</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="D70" s="2"/>
+        <v>224</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>224</v>
+      </c>
       <c r="E70" s="2" t="s">
-        <v>242</v>
+        <v>225</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="G70" s="2"/>
+        <v>226</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>227</v>
+      </c>
       <c r="H70" s="2" t="s">
-        <v>244</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I70" s="3"/>
       <c r="J70" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>31281559000038</v>
+        <v>40765437500051</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>245</v>
+        <v>224</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>246</v>
+        <v>228</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>247</v>
+        <v>229</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I71" s="3">
-        <v>73310095331</v>
+        <v>73650023765</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>31513169800047</v>
+        <v>40765437500077</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>224</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>224</v>
+      </c>
       <c r="E72" s="2" t="s">
-        <v>249</v>
+        <v>230</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>250</v>
+        <v>231</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
       <c r="I72" s="3">
-        <v>11750763975</v>
+        <v>73650023765</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>31513169800120</v>
+        <v>41055004000019</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>248</v>
+        <v>232</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>251</v>
+        <v>233</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>252</v>
+        <v>234</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
       <c r="I73" s="3">
-        <v>11750763975</v>
+        <v>83030299303</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>31513169800146</v>
+        <v>41338650900017</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>248</v>
+        <v>235</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>253</v>
+        <v>236</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>16</v>
+        <v>237</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I74" s="3">
-        <v>11750763975</v>
+        <v>25610046361</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>31513169800153</v>
+        <v>41339783700027</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>254</v>
+        <v>239</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>255</v>
+        <v>240</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I75" s="3">
-        <v>11750763975</v>
+        <v>41540163154</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>31513169800179</v>
+        <v>41875656500028</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>256</v>
+        <v>242</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="G76" s="2"/>
+        <v>243</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>244</v>
+      </c>
       <c r="H76" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I76" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I76" s="3"/>
       <c r="J76" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>31513169800187</v>
+        <v>42219375500028</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I77" s="3">
-        <v>11750763975</v>
+        <v>11753582375</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>31513169800195</v>
+        <v>42301992600041</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="D78" s="2"/>
+      <c r="D78" s="2" t="s">
+        <v>249</v>
+      </c>
       <c r="E78" s="2" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>261</v>
+        <v>21</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I78" s="3">
-        <v>11750763975</v>
+        <v>98970386297</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>31513169800211</v>
+        <v>42924994900075</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I79" s="3">
-        <v>11750763975</v>
+        <v>83630337163</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>31721734700044</v>
+        <v>42924994900117</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="D80" s="2"/>
+        <v>251</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>254</v>
+      </c>
       <c r="E80" s="2" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="G80" s="2"/>
+        <v>256</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>257</v>
+      </c>
       <c r="H80" s="2" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="I80" s="3"/>
       <c r="J80" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>32159164600492</v>
+        <v>42924994900133</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="D81" s="2"/>
+        <v>251</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>259</v>
+      </c>
       <c r="E81" s="2" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>137</v>
+        <v>261</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>26</v>
+        <v>258</v>
       </c>
       <c r="I81" s="3">
-        <v>53350111635</v>
+        <v>83630337163</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>32240853500068</v>
+        <v>42924994900141</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>269</v>
+        <v>251</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>26</v>
+        <v>258</v>
       </c>
       <c r="I82" s="3">
-        <v>25610002361</v>
+        <v>83630337163</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>32375233700036</v>
+        <v>42924994900158</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="D83" s="2"/>
+        <v>251</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>251</v>
+      </c>
       <c r="E83" s="2" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>26</v>
+        <v>258</v>
       </c>
       <c r="I83" s="3">
-        <v>42670089367</v>
+        <v>83630337163</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>32396166400162</v>
+        <v>42924994900174</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>275</v>
+        <v>251</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="G84" s="2"/>
+        <v>267</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>268</v>
+      </c>
       <c r="H84" s="2" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I84" s="3"/>
       <c r="J84" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>32396166400170</v>
+        <v>43267410900074</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="G85" s="2"/>
+        <v>271</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>272</v>
+      </c>
       <c r="H85" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I85" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I85" s="3"/>
       <c r="J85" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>32396166400287</v>
+        <v>43804828200026</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I86" s="3">
-        <v>83630030163</v>
+        <v>93131026313</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>32441928200664</v>
+        <v>43865470900015</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I87" s="3">
-        <v>11753781075</v>
+        <v>31590543059</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>32441928201209</v>
+        <v>43891831000048</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F88" s="2" t="s">
         <v>282</v>
-      </c>
-[...7 lines deleted...]
-        <v>287</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I88" s="3">
-        <v>11753781075</v>
+        <v>11770368077</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>32441928201373</v>
+        <v>43891831000063</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="G89" s="2"/>
+        <v>284</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>285</v>
+      </c>
       <c r="H89" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I89" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I89" s="3"/>
       <c r="J89" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>32570588700033</v>
+        <v>43891831000071</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>292</v>
+        <v>192</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
       <c r="I90" s="3">
-        <v>24370147037</v>
+        <v>11770368077</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>32886010100042</v>
+        <v>44057777300052</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I91" s="3">
-        <v>26210018121</v>
+        <v>31620165562</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>33810922600021</v>
+        <v>44403832700029</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I92" s="3">
-        <v>31620025862</v>
+        <v>11753742275</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>50055217900045</v>
+        <v>47956103700017</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I93" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I93" s="3"/>
       <c r="J93" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>50494797900010</v>
+        <v>48538820100041</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>34</v>
+        <v>299</v>
       </c>
       <c r="I94" s="3">
-        <v>41880097888</v>
+        <v>53351043235</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>50788688500023</v>
+        <v>49538963700028</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I95" s="3">
-        <v>41880098288</v>
+        <v>11930554993</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>50890422400047</v>
+        <v>50055217900045</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I96" s="3">
-        <v>11910630891</v>
+        <v>32620279162</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>50923283100016</v>
+        <v>50494797900010</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I97" s="3">
-        <v>21510170351</v>
+        <v>41880097888</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>50923283100024</v>
+        <v>50788688500023</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C98" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="D98" s="2"/>
+      <c r="E98" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="F98" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="D98" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G98" s="2"/>
+      <c r="G98" s="2" t="s">
+        <v>312</v>
+      </c>
       <c r="H98" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I98" s="3"/>
       <c r="J98" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>50923283100040</v>
+        <v>50890422400047</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="F99" s="2" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I99" s="3">
-        <v>21510170351</v>
+        <v>11910630891</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>50923283100057</v>
+        <v>50923283100016</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>21</v>
+        <v>318</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I100" s="3">
         <v>21510170351</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>51159375800010</v>
+        <v>50923283100024</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>237</v>
+        <v>21</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I101" s="3"/>
+        <v>34</v>
+      </c>
+      <c r="I101" s="3">
+        <v>21510170351</v>
+      </c>
       <c r="J101" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>52174991100033</v>
+        <v>50923283100040</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="E102" s="2" t="s">
         <v>320</v>
       </c>
-      <c r="D102" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F102" s="2" t="s">
-        <v>322</v>
+        <v>21</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I102" s="3">
-        <v>91660147766</v>
+        <v>21510170351</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>52344837100030</v>
+        <v>50923283100057</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="D103" s="2"/>
+        <v>316</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>316</v>
+      </c>
       <c r="E103" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>325</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I103" s="3">
-        <v>93131376713</v>
+        <v>21510170351</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>52505175100010</v>
+        <v>51159375800010</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="D104" s="2"/>
+        <v>322</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>323</v>
+      </c>
       <c r="E104" s="2" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>329</v>
+        <v>147</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I104" s="3"/>
       <c r="J104" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>53948741300038</v>
+        <v>52174991100033</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>33</v>
+        <v>327</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I105" s="3">
-        <v>52440644844</v>
+        <v>91660147766</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>66205454300019</v>
+        <v>52344837100030</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="G106" s="2"/>
+        <v>330</v>
+      </c>
+      <c r="G106" s="2" t="s">
+        <v>331</v>
+      </c>
       <c r="H106" s="2" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I106" s="3"/>
       <c r="J106" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>66205454300456</v>
+        <v>52505175100010</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>332</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>33</v>
+        <v>334</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I107" s="3"/>
       <c r="J107" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>77556139200330</v>
+        <v>66205454300019</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="D108" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F108" s="2" t="s">
-        <v>339</v>
+        <v>144</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>26</v>
+        <v>337</v>
       </c>
       <c r="I108" s="3">
-        <v>25140027514</v>
+        <v>11750018978</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>77563016300019</v>
+        <v>66205454300456</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>188</v>
+        <v>33</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>83</v>
+        <v>161</v>
       </c>
       <c r="I109" s="3">
-        <v>31620012662</v>
+        <v>11750018978</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>77568497000129</v>
+        <v>77556139200330</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="F110" s="2" t="s">
         <v>342</v>
-      </c>
-[...7 lines deleted...]
-        <v>345</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>346</v>
+        <v>26</v>
       </c>
       <c r="I110" s="3">
-        <v>11930394393</v>
+        <v>25140027514</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>77568497000673</v>
+        <v>77563016300019</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>342</v>
-[...3 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>349</v>
+        <v>144</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>350</v>
+        <v>82</v>
       </c>
       <c r="I111" s="3">
-        <v>11930394393</v>
+        <v>31620012662</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>77568497002273</v>
+        <v>77568497000129</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="D112" s="2"/>
+        <v>345</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>346</v>
+      </c>
       <c r="E112" s="2" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>352</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>334</v>
+        <v>349</v>
       </c>
       <c r="I112" s="3">
         <v>11930394393</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>77568879900011</v>
+        <v>77568497000673</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="D113" s="2"/>
+        <v>345</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>350</v>
+      </c>
       <c r="E113" s="2" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>188</v>
+        <v>352</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>34</v>
+        <v>353</v>
       </c>
       <c r="I113" s="3">
-        <v>11751561875</v>
+        <v>11930394393</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>43267410900074</v>
+        <v>77568497002273</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>356</v>
+        <v>345</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="I114" s="3"/>
       <c r="J114" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>43804828200026</v>
+        <v>77568879900011</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>362</v>
+        <v>144</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I115" s="3">
-        <v>93131026313</v>
+        <v>11751561875</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>43865470900015</v>
+        <v>77784331900057</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>26</v>
+        <v>362</v>
       </c>
       <c r="I116" s="3">
-        <v>31590543059</v>
+        <v>53560156856</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>43891831000048</v>
+        <v>77921920300022</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>366</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>369</v>
+        <v>144</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I117" s="3">
-        <v>11770368077</v>
+        <v>83630024963</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>43891831000063</v>
+        <v>78351618000040</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>367</v>
+      </c>
+      <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I118" s="3">
-        <v>11770368077</v>
+        <v>31590122959</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>43891831000071</v>
+        <v>78574029100071</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="D119" s="2"/>
+        <v>368</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>369</v>
+      </c>
       <c r="E119" s="2" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>281</v>
+        <v>371</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I119" s="3">
-        <v>11770368077</v>
+        <v>11940392094</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>44057777300052</v>
+        <v>78574029100220</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C120" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="E120" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="F120" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="D120" s="2"/>
-      <c r="E120" s="2" t="s">
+      <c r="G120" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="F120" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I120" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I120" s="3"/>
       <c r="J120" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>44403832700029</v>
+        <v>78574029100394</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I121" s="3">
-        <v>11753742275</v>
+        <v>11940392094</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>42924994900075</v>
+        <v>78574029101012</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>380</v>
+        <v>368</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I122" s="3">
-        <v>83630337163</v>
+        <v>11940392094</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>42924994900117</v>
+        <v>78574029101020</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="D123" s="2"/>
+      <c r="E123" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="D123" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F123" s="2" t="s">
-        <v>385</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>387</v>
+        <v>26</v>
       </c>
       <c r="I123" s="3">
-        <v>83630337163</v>
+        <v>11940392094</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>42924994900133</v>
+        <v>78574029101038</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>387</v>
+        <v>26</v>
       </c>
       <c r="I124" s="3">
-        <v>83630337163</v>
+        <v>11940392094</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>42924994900141</v>
+        <v>78804163000047</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="I125" s="3" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>83630337163</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>42924994900158</v>
+        <v>79374443400010</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>388</v>
+      </c>
+      <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>218</v>
+        <v>390</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>387</v>
+        <v>26</v>
       </c>
       <c r="I126" s="3">
-        <v>83630337163</v>
+        <v>98970425197</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>42924994900174</v>
+        <v>79459084400013</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>380</v>
+        <v>391</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>395</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>26</v>
+        <v>393</v>
       </c>
       <c r="I127" s="3">
-        <v>83630337163</v>
+        <v>52850205985</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
         <v>79964373900011</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I128" s="3">
         <v>74190081619</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
         <v>80464190000019</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I129" s="3">
         <v>93060746106</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
         <v>80982162200028</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="G130" s="2"/>
+        <v>402</v>
+      </c>
+      <c r="G130" s="2" t="s">
+        <v>403</v>
+      </c>
       <c r="H130" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I130" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I130" s="3"/>
       <c r="J130" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
         <v>81276701000026</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="G131" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="F131" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H131" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I131" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I131" s="3"/>
       <c r="J131" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
         <v>81531318400013</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>249</v>
+        <v>159</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>226</v>
+        <v>299</v>
       </c>
       <c r="I132" s="3"/>
       <c r="J132" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
         <v>81879290500015</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="G133" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="F133" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H133" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I133" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I133" s="3"/>
       <c r="J133" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
         <v>82422814200017</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I134" s="3">
         <v>11930743393</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
         <v>82422814200025</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I135" s="3">
         <v>11930743393</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
         <v>82422814200124</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I136" s="3">
         <v>11930743393</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
         <v>82422814200371</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I137" s="3">
         <v>11930743393</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
         <v>82422814200520</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I138" s="3">
         <v>11930743393</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
         <v>82422814200587</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I139" s="3">
         <v>11930743393</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
         <v>82422814201064</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I140" s="3">
         <v>11930743393</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
         <v>82422814201106</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I141" s="3">
         <v>11930743393</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
         <v>82422814201189</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I142" s="3">
         <v>11930743393</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
         <v>82422814201783</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I143" s="3">
         <v>11930743393</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
         <v>82422814201916</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I144" s="3">
         <v>11930743393</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
         <v>82431407400025</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="G145" s="2" t="s">
         <v>429</v>
       </c>
-      <c r="F145" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H145" s="2" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="I145" s="3"/>
       <c r="J145" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
         <v>82431407400041</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I146" s="3">
         <v>93830525383</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
         <v>83335670200039</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="I147" s="3">
         <v>84691903669</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
         <v>84359033200030</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="I148" s="3">
         <v>11922279792</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
         <v>84359033200048</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="G149" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="F149" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H149" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I149" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I149" s="3"/>
       <c r="J149" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
         <v>88223062600013</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I150" s="3">
         <v>11931090893</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
         <v>89079142900107</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>211</v>
+        <v>161</v>
       </c>
       <c r="I151" s="3">
         <v>76341086134</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
         <v>89079142900123</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>211</v>
+        <v>161</v>
       </c>
       <c r="I152" s="3">
         <v>76341086134</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
         <v>91850054700016</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>378</v>
+        <v>291</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I153" s="3">
         <v>11756581875</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -7566,31 +7526,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/02/2026 02:07:02</dc:description>
+  <dc:description>Export en date du 03/16/2026 08:39:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>