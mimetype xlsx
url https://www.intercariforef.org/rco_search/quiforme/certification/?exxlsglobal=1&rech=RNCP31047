--- v0 (2025-10-21)
+++ v1 (2025-12-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="352">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -454,104 +454,458 @@
   <si>
     <t>LYCEE PROFESSIONNEL DANIELLA JEFFRY</t>
   </si>
   <si>
     <t>GRETA DES ISLES DU NORD</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARIGOT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>12/01/1989</t>
   </si>
   <si>
     <t>GUADELOUPE FORMATION</t>
   </si>
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
+    <t>FRANCE LANGUES COMMUNICATION</t>
+  </si>
+  <si>
+    <t>FLC FORMATION</t>
+  </si>
+  <si>
+    <t>116 BOULEVARD RAYMOND POINCARE 06160 ANTIBES</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>SOCIETE COOPERATIVE D INTERET COLLECTIF INFORMATION FORMATION ANIMATION DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>MAISON DE L'ENTREPRISE PLACE JULES FERRY 34190 GANGES</t>
+  </si>
+  <si>
+    <t>26/09/1994</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR L'EDUCATION COGNITIVE ET LE DEVELOPPEMENT (AECD)</t>
+  </si>
+  <si>
+    <t>56 AVENUE DES CHUTES LAVIE 13004 MARSEILLE</t>
+  </si>
+  <si>
+    <t>28/04/1998</t>
+  </si>
+  <si>
+    <t>LIGUE DE L'ENSEIGNEMENT DES ALPES-DE-HAUTE-PROVENCE</t>
+  </si>
+  <si>
+    <t>BP 9049 9 CHEMIN DES ALPILLES 04000 DIGNE-LES-BAINS</t>
+  </si>
+  <si>
+    <t>28/11/2005</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>JMSA FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>3 RUE DE L'ANTHEMIS 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>30/11/2020</t>
+  </si>
+  <si>
+    <t>LEPAFP</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DE PINS 11170 PEZENS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>LD LE BOURG 63210 VERNINES</t>
+  </si>
+  <si>
+    <t>03/03/2009</t>
+  </si>
+  <si>
+    <t>CENTRE ERMITAGE FORMATION ET PERFECTION</t>
+  </si>
+  <si>
+    <t>304 AVENUE JOSEPH AMOUROUX 47000 AGEN</t>
+  </si>
+  <si>
+    <t>28/08/2018</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ORGANISME GESTION JEANNE D ARC AULNOYE</t>
+  </si>
+  <si>
+    <t>157 RUE DE L'HOTEL DE VILLE 59620 AULNOYE-AYMERIES</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+  </si>
+  <si>
+    <t>INFA HERAULT</t>
+  </si>
+  <si>
+    <t>515 RUE DE L'INDUSTRIE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>107 AVENUE DE LA LIBERATION 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>26 PROMENADE DU GRAND LARGE 64600 ANGLET</t>
+  </si>
+  <si>
+    <t>10/12/2018</t>
+  </si>
+  <si>
+    <t>17 RUE DU COMMANDANT COUSTEAU 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>GENIUS AKDMY</t>
+  </si>
+  <si>
+    <t>33 RUE MGR DE BEAUMONT 97400 SAINT DENIS</t>
+  </si>
+  <si>
+    <t>13/07/2013</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DENDANI NADINE   </t>
+  </si>
+  <si>
+    <t>RESIDENCE VERLAINE BAT 2 2 BOULEVARD DU DOCTEUR CATHELIN 91160 LONGJUMEAU</t>
+  </si>
+  <si>
+    <t>03/02/2019</t>
+  </si>
+  <si>
+    <t>KALAMUS GUADELOUPE</t>
+  </si>
+  <si>
+    <t>N 24-25 PETIT PEROU 24 LD ZA DUGAZON DE BOURGOGNE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>24/07/2017</t>
+  </si>
+  <si>
+    <t>EFPPA</t>
+  </si>
+  <si>
+    <t>83 RTE DE LA FORTUNE 73210 AIME-LA-PLAGNE</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>16 30 FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE MUREL RUE DU 19 MARS 1962 30200 BAGNOLS-SUR-CEZE</t>
+  </si>
+  <si>
+    <t>22/06/2015</t>
+  </si>
+  <si>
+    <t>UNION POUR LA PROMOTION DES SALARIES DES DEMANDEURS D'EMPLOI ET DES MIGRANTS</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 335 RUE DU BOIS GUYOT 77350 LE MEE-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>15/10/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>8 RUE MARCEL DAVID 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/05/2016</t>
+  </si>
+  <si>
+    <t>LA COMPAGNIE DE FORMATION</t>
+  </si>
+  <si>
+    <t>PIGIER- MBWAY-CAP VERS</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA CHATTERIE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>CPE-CFA</t>
+  </si>
+  <si>
+    <t>140 BOULEVARD GEORGES POMPIDOU 05000 GAP</t>
+  </si>
+  <si>
+    <t>02/06/1998</t>
+  </si>
+  <si>
     <t>AREA FORMATION</t>
   </si>
   <si>
     <t>1 VOIE FELIX EBOUE 94000 CRETEIL</t>
   </si>
   <si>
     <t>01/07/1998</t>
   </si>
   <si>
     <t>EQUINOXE FORMATION</t>
   </si>
   <si>
     <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
   </si>
   <si>
     <t>14/10/2011</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DES SABLES D'OLONNE</t>
   </si>
   <si>
     <t>110 RUE DU DOC SCHWEITZER 85100 LES SABLES D'OLONNE</t>
   </si>
   <si>
     <t>16/07/1997</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ACTION FIRST</t>
   </si>
   <si>
     <t>ZAC DES RAMASSIERS 10 ALLEE ARISTIDE MAILLOL 31770 COLOMIERS</t>
   </si>
   <si>
     <t>22/03/2010</t>
   </si>
   <si>
-    <t>85.59B</t>
+    <t>EMSAT (ECOLE DES METIERS DU SPORT, DE L'ANIMATION ET DU TOURISME)</t>
+  </si>
+  <si>
+    <t>EMSAT</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES SUD ROUSSILLON IV 1 IMPASSE DU CONFLENT 66280 SALEILLES</t>
+  </si>
+  <si>
+    <t>30/10/2019</t>
+  </si>
+  <si>
+    <t>LASER ASSOCIATION</t>
+  </si>
+  <si>
+    <t>41-43 41 RUE DES RIGOLES 75020 PARIS</t>
+  </si>
+  <si>
+    <t>17/10/1992</t>
+  </si>
+  <si>
+    <t>INSTITUT BRETON D'EDUCATION PERMANENTE</t>
+  </si>
+  <si>
+    <t>71 AVENUE JACQUES LE VIOL 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
   </si>
   <si>
     <t>LE COURS JULES VERNE</t>
   </si>
   <si>
     <t>3 AVENUE ELIE SERMET 11100 NARBONNE</t>
   </si>
   <si>
     <t>06/12/2021</t>
   </si>
   <si>
+    <t>ANATOLCONSEIL</t>
+  </si>
+  <si>
+    <t>ANATOL CONSEIL</t>
+  </si>
+  <si>
+    <t>21 RUE DES PRUNUS 34970 LATTES</t>
+  </si>
+  <si>
+    <t>11/01/2017</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+  </si>
+  <si>
+    <t>113 RUE DE LANNOY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>29/04/1999</t>
+  </si>
+  <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>18/09/2007</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY IMP JACQUART 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>31/05/2015</t>
+  </si>
+  <si>
+    <t>06/12/2016</t>
+  </si>
+  <si>
+    <t>ESPACE ICARDO LOT 170 3EME ETAGE 234 BOULEVARD DU MERCANTOUR 06200 NICE</t>
+  </si>
+  <si>
+    <t>09/05/2016</t>
+  </si>
+  <si>
+    <t>02/01/2024</t>
+  </si>
+  <si>
+    <t>NEO SPHERE</t>
+  </si>
+  <si>
+    <t>60 AV JOSEPH RAYNAUD 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>27/02/2024</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEUR DE COMMERCE ET DE GESTION DE MAYOTTE</t>
+  </si>
+  <si>
+    <t>LES HAUTS VALLONS 1ER ETAGE IMMEUBLE HORLOGE 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>01/08/2014</t>
+  </si>
+  <si>
+    <t>13/04/2023</t>
+  </si>
+  <si>
+    <t>06970007397</t>
+  </si>
+  <si>
+    <t>BAS GROUP FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ORDINAL A 63 RUE DES CHAUFFOURS 95000 CERGY</t>
+  </si>
+  <si>
+    <t>JEKA FORMATION</t>
+  </si>
+  <si>
+    <t>JEKA - SCHOOL</t>
+  </si>
+  <si>
+    <t>GOLF DE SEILH ROUTE DE GRENADE 31840 SEILH</t>
+  </si>
+  <si>
+    <t>07/12/2016</t>
+  </si>
+  <si>
+    <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
+  </si>
+  <si>
+    <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>22/12/2016</t>
+  </si>
+  <si>
     <t>AIR'LISE FORMATION SAS</t>
   </si>
   <si>
     <t>QUARTIER D'AFFAIRES DE SAVANNA 14 RUE JULES THIREL 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>29/05/2018</t>
   </si>
   <si>
     <t>DGF COMPETENCE</t>
   </si>
   <si>
     <t>TOUR EUROPA 3 E ETAGE AVENUE DE L’EUROPE 94320 THIAIS</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t>SAFE HANDLING TRAINING SHT</t>
   </si>
   <si>
     <t>SHT</t>
   </si>
   <si>
     <t>13-15 13 RUE DU PONT DES HALLES 94150 RUNGIS</t>
@@ -632,401 +986,50 @@
     <t>KERVALH 56400 BRECH</t>
   </si>
   <si>
     <t>CHE DU READET 48200 ST CHELY D APCHER</t>
   </si>
   <si>
     <t>RUE VICTOR HUGO 70000 NAVENNE</t>
   </si>
   <si>
     <t>1 AVENUE JOSEPH REY 68000 COLMAR</t>
   </si>
   <si>
     <t>RUE DES LAURIERS 05000 GAP</t>
   </si>
   <si>
     <t>9 RUE MARC SEGUIN 94000 CRETEIL</t>
   </si>
   <si>
     <t>161 AVENUE FRANCIS TONNER 06150 CANNES</t>
   </si>
   <si>
     <t>75 BOULEVARD GAMBETTA 35400 SAINT-MALO</t>
   </si>
   <si>
     <t>1 RUE COPERNIC 62000 ARRAS</t>
-  </si>
-[...349 lines deleted...]
-    <t>02/01/2024</t>
   </si>
   <si>
     <t>DESCARTES SERVICES</t>
   </si>
   <si>
     <t>MARNE LA VALLEE 21 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>20/03/2017</t>
   </si>
   <si>
     <t>SAS FORMATION &amp; CONSEIL MRH</t>
   </si>
   <si>
     <t>1897 ROUTE DE MONTJOLY 97354 REMIRE-MONTJOLY</t>
   </si>
   <si>
     <t>01/06/2017</t>
   </si>
   <si>
     <t>03973131197</t>
   </si>
   <si>
     <t>ASSOCIATION EDUCASKILLS&amp;FORMASKILLS</t>
   </si>
@@ -2562,3019 +2565,3021 @@
       <c r="F28" s="2" t="s">
         <v>144</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>145</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>40802325700038</v>
+        <v>34539593300046</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D29" s="2"/>
+      <c r="D29" s="2" t="s">
+        <v>147</v>
+      </c>
       <c r="E29" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="3">
-        <v>11752611775</v>
+        <v>93060554806</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>41159185200073</v>
+        <v>38078886900028</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="3">
-        <v>96973018697</v>
+        <v>91340286734</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>41355776000019</v>
+        <v>38749351300023</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="G31" s="2" t="s">
         <v>155</v>
       </c>
+      <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="I31" s="3">
-        <v>52850075285</v>
+        <v>93130431113</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>41436247500025</v>
+        <v>38883220600022</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="I32" s="3">
-        <v>73310286031</v>
+        <v>93040005004</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>81298455700031</v>
+        <v>38909782500050</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="I33" s="3">
-        <v>91340880834</v>
+        <v>22600085860</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>81875335200025</v>
+        <v>77582261200013</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>33</v>
+        <v>166</v>
       </c>
       <c r="I34" s="3">
-        <v>98973060797</v>
+        <v>91110010111</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>82019892700015</v>
+        <v>77925023200039</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="I35" s="3">
-        <v>11940924094</v>
+        <v>83630363963</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>82249509900035</v>
+        <v>78215186400017</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="D36" s="2"/>
+      <c r="E36" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="G36" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="F36" s="2" t="s">
+      <c r="H36" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="G36" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="I36" s="3">
-        <v>11755549375</v>
+        <v>72470019447</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>82409268800012</v>
+        <v>78351045600016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>33</v>
+        <v>176</v>
       </c>
       <c r="I37" s="3">
-        <v>11930762893</v>
+        <v>31590120659</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>82409268800053</v>
+        <v>78574029100220</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>177</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>178</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="G38" s="2"/>
+        <v>102</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>180</v>
+      </c>
       <c r="H38" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="3">
-        <v>11930762893</v>
+        <v>11940392094</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>82409268800137</v>
+        <v>78574029100394</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>131</v>
+        <v>182</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="3">
-        <v>11930762893</v>
+        <v>11940392094</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>82409268800160</v>
+        <v>78574029100980</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>131</v>
+        <v>184</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>33</v>
+        <v>173</v>
       </c>
       <c r="I40" s="3">
-        <v>11930762893</v>
+        <v>11940392094</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82409268800178</v>
+        <v>78574029101012</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>131</v>
+        <v>186</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="3">
-        <v>11930762893</v>
+        <v>11940392094</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82409268800186</v>
+        <v>79362427100011</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="G42" s="2"/>
+        <v>189</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>190</v>
+      </c>
       <c r="H42" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I42" s="3">
-        <v>11930762893</v>
+        <v>98970416297</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82409268800228</v>
+        <v>50921839200025</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="D43" s="2"/>
+        <v>191</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>192</v>
+      </c>
       <c r="E43" s="2" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>131</v>
+        <v>194</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I43" s="3">
-        <v>11930762893</v>
+        <v>98970335697</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82409268800244</v>
+        <v>75023747100024</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>174</v>
+        <v>195</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>131</v>
+        <v>197</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="3">
-        <v>11930762893</v>
+        <v>11910883091</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82409268800251</v>
+        <v>75246060000048</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>174</v>
+        <v>198</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="3">
-        <v>11930762893</v>
+        <v>95970196397</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82422814200371</v>
+        <v>75323263600013</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>131</v>
+        <v>203</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I46" s="3">
-        <v>11930743393</v>
+        <v>82730151973</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82422814200561</v>
+        <v>53060076600022</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>186</v>
+        <v>204</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>188</v>
+        <v>205</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>131</v>
+        <v>206</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="3">
-        <v>11930743393</v>
+        <v>91300315630</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82422814200777</v>
+        <v>30821966600119</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>186</v>
+        <v>207</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>189</v>
+        <v>208</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>131</v>
+        <v>209</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="3">
-        <v>11930743393</v>
+        <v>11770000877</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>82422814200801</v>
+        <v>32441928201233</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D49" s="2"/>
+        <v>210</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>211</v>
+      </c>
       <c r="E49" s="2" t="s">
-        <v>190</v>
+        <v>212</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>191</v>
+        <v>213</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I49" s="3">
-        <v>11930743393</v>
+        <v>11753781075</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82422814200918</v>
+        <v>32922456200572</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>214</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>215</v>
+      </c>
       <c r="E50" s="2" t="s">
-        <v>192</v>
+        <v>216</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>131</v>
+        <v>217</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>33</v>
+        <v>173</v>
       </c>
       <c r="I50" s="3">
-        <v>11930743393</v>
+        <v>11755201275</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82422814200926</v>
+        <v>33377152500032</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>186</v>
+        <v>218</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>193</v>
+        <v>219</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>131</v>
+        <v>220</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I51" s="3">
-        <v>11930743393</v>
+        <v>93050009405</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82422814201015</v>
+        <v>40802325700038</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>186</v>
+        <v>221</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>194</v>
+        <v>222</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>131</v>
+        <v>223</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I52" s="3">
-        <v>11930743393</v>
+        <v>11752611775</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814201098</v>
+        <v>41159185200073</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>195</v>
+        <v>225</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>131</v>
+        <v>226</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I53" s="3">
-        <v>11930743393</v>
+        <v>96973018697</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82422814201148</v>
+        <v>41355776000019</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>186</v>
+        <v>227</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>196</v>
+        <v>228</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="G54" s="2"/>
+        <v>229</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>230</v>
+      </c>
       <c r="H54" s="2" t="s">
-        <v>33</v>
+        <v>166</v>
       </c>
       <c r="I54" s="3">
-        <v>11930743393</v>
+        <v>52850075285</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82422814201163</v>
+        <v>41436247500025</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>186</v>
+        <v>231</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>197</v>
+        <v>232</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>131</v>
+        <v>233</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>33</v>
+        <v>173</v>
       </c>
       <c r="I55" s="3">
-        <v>11930743393</v>
+        <v>73310286031</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82422814201205</v>
+        <v>53226832300047</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>234</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>235</v>
+      </c>
       <c r="E56" s="2" t="s">
-        <v>198</v>
+        <v>236</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>131</v>
+        <v>237</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>33</v>
+        <v>173</v>
       </c>
       <c r="I56" s="3">
-        <v>11930743393</v>
+        <v>91660160066</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>82422814201270</v>
+        <v>34025508200034</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>186</v>
+        <v>238</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>199</v>
+        <v>239</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>131</v>
+        <v>240</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>33</v>
+        <v>173</v>
       </c>
       <c r="I57" s="3">
-        <v>11930743393</v>
+        <v>11750848275</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>82422814201320</v>
+        <v>34025814400245</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>186</v>
+        <v>241</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>200</v>
+        <v>242</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>131</v>
+        <v>243</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I58" s="3">
-        <v>11930743393</v>
+        <v>53350168735</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>82422814201478</v>
+        <v>81298455700031</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>186</v>
+        <v>244</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>201</v>
+        <v>245</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>131</v>
+        <v>246</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>33</v>
+        <v>173</v>
       </c>
       <c r="I59" s="3">
-        <v>11930743393</v>
+        <v>91340880834</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82422814201643</v>
+        <v>82518678600018</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>247</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>248</v>
+      </c>
       <c r="E60" s="2" t="s">
-        <v>202</v>
+        <v>249</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>131</v>
+        <v>250</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>33</v>
+        <v>251</v>
       </c>
       <c r="I60" s="3">
-        <v>11930743393</v>
+        <v>76340926534</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>82422814201700</v>
+        <v>40073444800022</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>186</v>
+        <v>252</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>203</v>
+        <v>253</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>131</v>
+        <v>254</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="3">
-        <v>11930743393</v>
+        <v>31590340859</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>82422814201759</v>
+        <v>45211949800023</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>186</v>
+        <v>255</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>204</v>
+        <v>256</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>131</v>
+        <v>257</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I62" s="3">
-        <v>11930743393</v>
+        <v>11930518993</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>82422814201767</v>
+        <v>45211949800171</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>186</v>
+        <v>255</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>205</v>
+        <v>258</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="G63" s="2"/>
+        <v>259</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>260</v>
+      </c>
       <c r="H63" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="3">
-        <v>11930743393</v>
+        <v>11930518993</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>82518678600018</v>
+        <v>45211949800197</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>208</v>
+        <v>261</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="G64" s="2"/>
+        <v>262</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>263</v>
+      </c>
       <c r="H64" s="2" t="s">
-        <v>210</v>
+        <v>33</v>
       </c>
       <c r="I64" s="3">
-        <v>76340926534</v>
+        <v>11930518993</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>30821966600119</v>
+        <v>79954538900030</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>264</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>264</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>212</v>
+        <v>265</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="G65" s="2"/>
+        <v>266</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>267</v>
+      </c>
       <c r="H65" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I65" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>32441928201233</v>
+        <v>80341269100013</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>216</v>
+        <v>269</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="G66" s="2"/>
+        <v>270</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>271</v>
+      </c>
       <c r="H66" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I66" s="3">
-        <v>11753781075</v>
+      <c r="I66" s="3" t="s">
+        <v>272</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>32922456200572</v>
+        <v>80349269300012</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>220</v>
+        <v>274</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>221</v>
+        <v>270</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="I67" s="3">
-        <v>11755201275</v>
+        <v>11950569995</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>33377152500032</v>
+        <v>80786008500024</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="D68" s="2"/>
+        <v>275</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>276</v>
+      </c>
       <c r="E68" s="2" t="s">
-        <v>223</v>
+        <v>277</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>224</v>
+        <v>278</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I68" s="3">
-        <v>93050009405</v>
+        <v>73310760531</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>34025508200034</v>
+        <v>81142142900028</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>225</v>
+        <v>279</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>226</v>
+        <v>280</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>227</v>
+        <v>281</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="I69" s="3">
-        <v>11750848275</v>
+        <v>97973068497</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>34025814400245</v>
+        <v>81875335200025</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>228</v>
+        <v>282</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>229</v>
+        <v>283</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>230</v>
+        <v>284</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="3">
-        <v>53350168735</v>
+        <v>98973060797</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>38078886900028</v>
+        <v>82019892700015</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>231</v>
+        <v>285</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>232</v>
+        <v>286</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>233</v>
+        <v>287</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>33</v>
+        <v>173</v>
       </c>
       <c r="I71" s="3">
-        <v>91340286734</v>
+        <v>11940924094</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>38749351300023</v>
+        <v>82249509900035</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>288</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>289</v>
+      </c>
       <c r="E72" s="2" t="s">
-        <v>235</v>
+        <v>290</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>236</v>
+        <v>291</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I72" s="3">
-        <v>93130431113</v>
+        <v>11755549375</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>38883220600022</v>
+        <v>82409268800012</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>237</v>
+        <v>292</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>238</v>
+        <v>293</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>239</v>
+        <v>294</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>240</v>
+        <v>33</v>
       </c>
       <c r="I73" s="3">
-        <v>93040005004</v>
+        <v>11930762893</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>38909782500050</v>
+        <v>82409268800053</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>241</v>
+        <v>292</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>242</v>
+        <v>295</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>243</v>
+        <v>131</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I74" s="3">
-        <v>22600085860</v>
+        <v>11930762893</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>40073444800022</v>
+        <v>82409268800137</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>244</v>
+        <v>292</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>245</v>
+        <v>296</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>246</v>
+        <v>131</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I75" s="3">
-        <v>31590340859</v>
+        <v>11930762893</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>79954538900030</v>
+        <v>82409268800160</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>248</v>
+        <v>297</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I76" s="3"/>
+      <c r="I76" s="3">
+        <v>11930762893</v>
+      </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>80341269100013</v>
+        <v>82409268800178</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>251</v>
+        <v>292</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>252</v>
+        <v>298</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I77" s="3" t="s">
-        <v>255</v>
+      <c r="I77" s="3">
+        <v>11930762893</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>80349269300012</v>
+        <v>82409268800186</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>256</v>
+        <v>292</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>257</v>
+        <v>299</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>253</v>
+        <v>131</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="I78" s="3">
-        <v>11950569995</v>
+        <v>11930762893</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>80786008500024</v>
+        <v>82409268800228</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>258</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>260</v>
+        <v>300</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>261</v>
+        <v>131</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="3">
-        <v>73310760531</v>
+        <v>11930762893</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>81142142900028</v>
+        <v>82409268800244</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>262</v>
+        <v>292</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>263</v>
+        <v>301</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>264</v>
+        <v>131</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I80" s="3">
-        <v>97973068497</v>
+        <v>11930762893</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>53060076600022</v>
+        <v>82409268800251</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>265</v>
+        <v>292</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>266</v>
+        <v>302</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>267</v>
+        <v>303</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="3">
-        <v>91300315630</v>
+        <v>11930762893</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>53226832300047</v>
+        <v>82422814200371</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>270</v>
+        <v>305</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>271</v>
+        <v>131</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="I82" s="3">
-        <v>91660160066</v>
+        <v>11930743393</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>75023747100024</v>
+        <v>82422814200561</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>272</v>
+        <v>304</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>273</v>
+        <v>306</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>274</v>
+        <v>131</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I83" s="3">
-        <v>11910883091</v>
+        <v>11930743393</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>75246060000048</v>
+        <v>82422814200777</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>275</v>
+        <v>304</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>276</v>
+        <v>307</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>277</v>
+        <v>131</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I84" s="3">
-        <v>95970196397</v>
+        <v>11930743393</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>50921839200025</v>
+        <v>82422814200801</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>280</v>
+        <v>308</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>281</v>
+        <v>309</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="3">
-        <v>98970335697</v>
+        <v>11930743393</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>77582261200013</v>
+        <v>82422814200918</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>282</v>
+        <v>304</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>283</v>
+        <v>310</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>284</v>
+        <v>131</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="I86" s="3">
-        <v>91110010111</v>
+        <v>11930743393</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>77925023200039</v>
+        <v>82422814200926</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>285</v>
+        <v>304</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>286</v>
+        <v>311</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>287</v>
+        <v>131</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="I87" s="3">
-        <v>83630363963</v>
+        <v>11930743393</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>78215186400017</v>
+        <v>82422814201015</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>288</v>
+        <v>304</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>289</v>
+        <v>312</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>284</v>
+        <v>131</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="I88" s="3">
-        <v>72470019447</v>
+        <v>11930743393</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>78351045600016</v>
+        <v>82422814201098</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>291</v>
+        <v>313</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>284</v>
+        <v>131</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>292</v>
+        <v>33</v>
       </c>
       <c r="I89" s="3">
-        <v>31590120659</v>
+        <v>11930743393</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>78574029100220</v>
+        <v>82422814201148</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>293</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>295</v>
+        <v>314</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="3">
-        <v>11940392094</v>
+        <v>11930743393</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>78574029100394</v>
+        <v>82422814201163</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>298</v>
+        <v>131</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="3">
-        <v>11940392094</v>
+        <v>11930743393</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>78574029100980</v>
+        <v>82422814201205</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>299</v>
+        <v>316</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>300</v>
+        <v>131</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="I92" s="3">
-        <v>11940392094</v>
+        <v>11930743393</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>78574029101012</v>
+        <v>82422814201270</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>302</v>
+        <v>131</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I93" s="3">
-        <v>11940392094</v>
+        <v>11930743393</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>75323263600013</v>
+        <v>82422814201320</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>305</v>
+        <v>131</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="3">
-        <v>82730151973</v>
+        <v>11930743393</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>79362427100011</v>
+        <v>82422814201478</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>307</v>
+        <v>319</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="3">
-        <v>98970416297</v>
+        <v>11930743393</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>34539593300046</v>
+        <v>82422814201643</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>313</v>
+        <v>131</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="3">
-        <v>93060554806</v>
+        <v>11930743393</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>45211949800023</v>
+        <v>82422814201700</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>316</v>
+        <v>131</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="3">
-        <v>11930518993</v>
+        <v>11930743393</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>45211949800171</v>
+        <v>82422814201759</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>318</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I98" s="3">
-        <v>11930518993</v>
+        <v>11930743393</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>45211949800197</v>
+        <v>82422814201767</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="3">
-        <v>11930518993</v>
+        <v>11930743393</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>82873075400011</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I100" s="3">
         <v>11770631777</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
         <v>83193815400018</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
         <v>85383966000018</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="I102" s="3">
         <v>76341041134</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
         <v>89448880800011</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="I103" s="3">
         <v>93830637783</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
         <v>89942415400016</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>210</v>
+        <v>251</v>
       </c>
       <c r="I104" s="3">
         <v>93131913413</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>90468475000014</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="3">
         <v>76341144534</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>90907814900012</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="3">
         <v>11910933991</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>91114836900018</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I107" s="3">
         <v>11756556875</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>91311071400015</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I108" s="3">
         <v>93132016213</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -5606,31 +5611,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 19:18:15</dc:description>
+  <dc:description>Export en date du 12/18/2025 19:08:53</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>