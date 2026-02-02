--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -454,50 +454,113 @@
   <si>
     <t>LYCEE PROFESSIONNEL DANIELLA JEFFRY</t>
   </si>
   <si>
     <t>GRETA DES ISLES DU NORD</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARIGOT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>12/01/1989</t>
   </si>
   <si>
     <t>GUADELOUPE FORMATION</t>
   </si>
   <si>
     <t>CTRE REG DE FORMATION PROFESSIONNELLE ROUJOL 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>26/02/2010</t>
   </si>
   <si>
     <t>01973178697</t>
   </si>
   <si>
+    <t>UNION POUR LA PROMOTION DES SALARIES DES DEMANDEURS D'EMPLOI ET DES MIGRANTS</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 335 RUE DU BOIS GUYOT 77350 LE MEE-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>15/10/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>8 RUE MARCEL DAVID 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/05/2016</t>
+  </si>
+  <si>
+    <t>LA COMPAGNIE DE FORMATION</t>
+  </si>
+  <si>
+    <t>PIGIER- MBWAY-IHECF-WIN SPORT SCHOOL</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA CHATTERIE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CPE-CFA</t>
+  </si>
+  <si>
+    <t>140 BOULEVARD GEORGES POMPIDOU 05000 GAP</t>
+  </si>
+  <si>
+    <t>02/06/1998</t>
+  </si>
+  <si>
+    <t>LASER ASSOCIATION</t>
+  </si>
+  <si>
+    <t>41-43 41 RUE DES RIGOLES 75020 PARIS</t>
+  </si>
+  <si>
+    <t>17/10/1992</t>
+  </si>
+  <si>
+    <t>INSTITUT BRETON D'EDUCATION PERMANENTE</t>
+  </si>
+  <si>
+    <t>71 AVENUE JACQUES LE VIOL 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
     <t>FRANCE LANGUES COMMUNICATION</t>
   </si>
   <si>
     <t>FLC FORMATION</t>
   </si>
   <si>
     <t>116 BOULEVARD RAYMOND POINCARE 06160 ANTIBES</t>
   </si>
   <si>
     <t>01/09/2013</t>
   </si>
   <si>
     <t>SOCIETE COOPERATIVE D INTERET COLLECTIF INFORMATION FORMATION ANIMATION DEVELOPPEMENT</t>
   </si>
   <si>
     <t>MAISON DE L'ENTREPRISE PLACE JULES FERRY 34190 GANGES</t>
   </si>
   <si>
     <t>26/09/1994</t>
   </si>
   <si>
     <t>ASSOCIATION POUR L'EDUCATION COGNITIVE ET LE DEVELOPPEMENT (AECD)</t>
   </si>
   <si>
     <t>56 AVENUE DES CHUTES LAVIE 13004 MARSEILLE</t>
@@ -505,83 +568,215 @@
   <si>
     <t>28/04/1998</t>
   </si>
   <si>
     <t>LIGUE DE L'ENSEIGNEMENT DES ALPES-DE-HAUTE-PROVENCE</t>
   </si>
   <si>
     <t>BP 9049 9 CHEMIN DES ALPILLES 04000 DIGNE-LES-BAINS</t>
   </si>
   <si>
     <t>28/11/2005</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>JMSA FORMATION CONSEIL</t>
   </si>
   <si>
     <t>3 RUE DE L'ANTHEMIS 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>30/11/2020</t>
   </si>
   <si>
+    <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+  </si>
+  <si>
+    <t>113 RUE DE LANNOY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>29/04/1999</t>
+  </si>
+  <si>
+    <t>AREA FORMATION</t>
+  </si>
+  <si>
+    <t>1 VOIE FELIX EBOUE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/07/1998</t>
+  </si>
+  <si>
+    <t>EQUINOXE FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/10/2011</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>110 RUE DU DOC SCHWEITZER 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>16/07/1997</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ACTION FIRST</t>
+  </si>
+  <si>
+    <t>ZAC DES RAMASSIERS 10 ALLEE ARISTIDE MAILLOL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>22/03/2010</t>
+  </si>
+  <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>18/09/2007</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY IMP JACQUART 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>31/05/2015</t>
+  </si>
+  <si>
+    <t>06/12/2016</t>
+  </si>
+  <si>
+    <t>ESPACE ICARDO LOT 170 3EME ETAGE 234 BOULEVARD DU MERCANTOUR 06200 NICE</t>
+  </si>
+  <si>
+    <t>09/05/2016</t>
+  </si>
+  <si>
+    <t>02/01/2024</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>16 30 FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE MUREL RUE DU 19 MARS 1962 30200 BAGNOLS-SUR-CEZE</t>
+  </si>
+  <si>
+    <t>22/06/2015</t>
+  </si>
+  <si>
+    <t>EMSAT (ECOLE DES METIERS DU SPORT, DE L'ANIMATION ET DU TOURISME)</t>
+  </si>
+  <si>
+    <t>EMSAT</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES SUD ROUSSILLON IV 1 IMPASSE DU CONFLENT 66280 SALEILLES</t>
+  </si>
+  <si>
+    <t>30/10/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DENDANI NADINE   </t>
+  </si>
+  <si>
+    <t>RESIDENCE VERLAINE BAT 2 2 BOULEVARD DU DOCTEUR CATHELIN 91160 LONGJUMEAU</t>
+  </si>
+  <si>
+    <t>03/02/2019</t>
+  </si>
+  <si>
+    <t>KALAMUS GUADELOUPE</t>
+  </si>
+  <si>
+    <t>N 24-25 PETIT PEROU 24 LD ZA DUGAZON DE BOURGOGNE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>24/07/2017</t>
+  </si>
+  <si>
+    <t>EFPPA</t>
+  </si>
+  <si>
+    <t>83 RTE DE LA FORTUNE 73210 AIME-LA-PLAGNE</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
     <t>LEPAFP</t>
   </si>
   <si>
     <t>8 BOULEVARD DE PINS 11170 PEZENS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>LD LE BOURG 63210 VERNINES</t>
   </si>
   <si>
     <t>03/03/2009</t>
   </si>
   <si>
     <t>CENTRE ERMITAGE FORMATION ET PERFECTION</t>
   </si>
   <si>
     <t>304 AVENUE JOSEPH AMOUROUX 47000 AGEN</t>
   </si>
   <si>
     <t>28/08/2018</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ORGANISME GESTION JEANNE D ARC AULNOYE</t>
   </si>
   <si>
     <t>157 RUE DE L'HOTEL DE VILLE 59620 AULNOYE-AYMERIES</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
   </si>
   <si>
     <t>INFA HERAULT</t>
   </si>
   <si>
     <t>515 RUE DE L'INDUSTRIE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>30/06/2023</t>
   </si>
   <si>
     <t>107 AVENUE DE LA LIBERATION 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>01/11/2005</t>
@@ -589,447 +784,252 @@
   <si>
     <t>26 PROMENADE DU GRAND LARGE 64600 ANGLET</t>
   </si>
   <si>
     <t>10/12/2018</t>
   </si>
   <si>
     <t>17 RUE DU COMMANDANT COUSTEAU 33100 BORDEAUX</t>
   </si>
   <si>
     <t>01/02/2022</t>
   </si>
   <si>
     <t>GENIUS AKDMY</t>
   </si>
   <si>
     <t>33 RUE MGR DE BEAUMONT 97400 SAINT DENIS</t>
   </si>
   <si>
     <t>13/07/2013</t>
   </si>
   <si>
     <t>01/09/2024</t>
   </si>
   <si>
-    <t>SYNERGIE OCEAN INDIEN</t>
-[...155 lines deleted...]
-    <t>01/07/2010</t>
+    <t>NEO SPHERE</t>
+  </si>
+  <si>
+    <t>60 AV JOSEPH RAYNAUD 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>27/02/2024</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEUR DE COMMERCE ET DE GESTION DE MAYOTTE</t>
+  </si>
+  <si>
+    <t>LES HAUTS VALLONS 1ER ETAGE IMMEUBLE HORLOGE 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>01/08/2014</t>
+  </si>
+  <si>
+    <t>13/04/2023</t>
+  </si>
+  <si>
+    <t>06970007397</t>
+  </si>
+  <si>
+    <t>BAS GROUP FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ORDINAL A 63 RUE DES CHAUFFOURS 95000 CERGY</t>
+  </si>
+  <si>
+    <t>JEKA FORMATION</t>
+  </si>
+  <si>
+    <t>JEKA - SCHOOL</t>
+  </si>
+  <si>
+    <t>GOLF DE SEILH ROUTE DE GRENADE 31840 SEILH</t>
+  </si>
+  <si>
+    <t>07/12/2016</t>
+  </si>
+  <si>
+    <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
+  </si>
+  <si>
+    <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>22/12/2016</t>
   </si>
   <si>
     <t>LE COURS JULES VERNE</t>
   </si>
   <si>
     <t>3 AVENUE ELIE SERMET 11100 NARBONNE</t>
   </si>
   <si>
     <t>06/12/2021</t>
   </si>
   <si>
+    <t>AIR'LISE FORMATION SAS</t>
+  </si>
+  <si>
+    <t>QUARTIER D'AFFAIRES DE SAVANNA 14 RUE JULES THIREL 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>29/05/2018</t>
+  </si>
+  <si>
+    <t>DGF COMPETENCE</t>
+  </si>
+  <si>
+    <t>TOUR EUROPA 3 E ETAGE AVENUE DE L’EUROPE 94320 THIAIS</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>SAFE HANDLING TRAINING SHT</t>
+  </si>
+  <si>
+    <t>SHT</t>
+  </si>
+  <si>
+    <t>13-15 13 RUE DU PONT DES HALLES 94150 RUNGIS</t>
+  </si>
+  <si>
+    <t>10/09/2020</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>36 RUE PAUL BERT 44100 NANTES</t>
+  </si>
+  <si>
+    <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>RUE DES FORGES 88190 GOLBEY</t>
+  </si>
+  <si>
+    <t>1 ALLEE BERNARD PALISSY 11000 CARCASSONNE</t>
+  </si>
+  <si>
+    <t>RUE DU GRAND PRE 60870 VILLERS-SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>168 BOULEVARD CURIE 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>19/12/2016</t>
+  </si>
+  <si>
+    <t>407 AVENUE DE LA GIRONDE 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>2 AVENUE CLEMENT ADER 66600 RIVESALTES</t>
+  </si>
+  <si>
+    <t>244 ROUTE DE TURIN 06300 NICE</t>
+  </si>
+  <si>
+    <t>333 ROUTE DE LA COTE D'AMOUR 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>34 RUE DE COSTESEQUE 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>KERVALH 56400 BRECH</t>
+  </si>
+  <si>
+    <t>CHE DU READET 48200 ST CHELY D APCHER</t>
+  </si>
+  <si>
+    <t>RUE VICTOR HUGO 70000 NAVENNE</t>
+  </si>
+  <si>
+    <t>1 AVENUE JOSEPH REY 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>RUE DES LAURIERS 05000 GAP</t>
+  </si>
+  <si>
+    <t>9 RUE MARC SEGUIN 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>161 AVENUE FRANCIS TONNER 06150 CANNES</t>
+  </si>
+  <si>
+    <t>75 BOULEVARD GAMBETTA 35400 SAINT-MALO</t>
+  </si>
+  <si>
+    <t>1 RUE COPERNIC 62000 ARRAS</t>
+  </si>
+  <si>
     <t>ANATOLCONSEIL</t>
   </si>
   <si>
     <t>ANATOL CONSEIL</t>
   </si>
   <si>
     <t>21 RUE DES PRUNUS 34970 LATTES</t>
   </si>
   <si>
     <t>11/01/2017</t>
   </si>
   <si>
     <t>70.22Z</t>
-  </si>
-[...214 lines deleted...]
-    <t>1 RUE COPERNIC 62000 ARRAS</t>
   </si>
   <si>
     <t>DESCARTES SERVICES</t>
   </si>
   <si>
     <t>MARNE LA VALLEE 21 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>20/03/2017</t>
   </si>
   <si>
     <t>SAS FORMATION &amp; CONSEIL MRH</t>
   </si>
   <si>
     <t>1897 ROUTE DE MONTJOLY 97354 REMIRE-MONTJOLY</t>
   </si>
   <si>
     <t>01/06/2017</t>
   </si>
   <si>
     <t>03973131197</t>
   </si>
   <si>
     <t>ASSOCIATION EDUCASKILLS&amp;FORMASKILLS</t>
   </si>
@@ -2565,2698 +2565,2698 @@
       <c r="F28" s="2" t="s">
         <v>144</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>145</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>34539593300046</v>
+        <v>30821966600119</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="D29" s="2"/>
+      <c r="E29" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="3">
-        <v>93060554806</v>
+        <v>11770000877</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>38078886900028</v>
+        <v>32441928201233</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D30" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>151</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="3">
-        <v>91340286734</v>
+        <v>11753781075</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>38749351300023</v>
+        <v>32922456200572</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="D31" s="2"/>
+      <c r="D31" s="2" t="s">
+        <v>154</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>33</v>
+        <v>157</v>
       </c>
       <c r="I31" s="3">
-        <v>93130431113</v>
+        <v>11755201275</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>38883220600022</v>
+        <v>33377152500032</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>159</v>
+        <v>33</v>
       </c>
       <c r="I32" s="3">
-        <v>93040005004</v>
+        <v>93050009405</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>38909782500050</v>
+        <v>34025508200034</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>33</v>
+        <v>157</v>
       </c>
       <c r="I33" s="3">
-        <v>22600085860</v>
+        <v>11750848275</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>77582261200013</v>
+        <v>34025814400245</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>166</v>
+        <v>33</v>
       </c>
       <c r="I34" s="3">
-        <v>91110010111</v>
+        <v>53350168735</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77925023200039</v>
+        <v>34539593300046</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="D35" s="2"/>
+      <c r="D35" s="2" t="s">
+        <v>168</v>
+      </c>
       <c r="E35" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>166</v>
+        <v>33</v>
       </c>
       <c r="I35" s="3">
-        <v>83630363963</v>
+        <v>93060554806</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>78215186400017</v>
+        <v>38078886900028</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>173</v>
+        <v>33</v>
       </c>
       <c r="I36" s="3">
-        <v>72470019447</v>
+        <v>91340286734</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>78351045600016</v>
+        <v>38749351300023</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>176</v>
+        <v>33</v>
       </c>
       <c r="I37" s="3">
-        <v>31590120659</v>
+        <v>93130431113</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>78574029100220</v>
+        <v>38883220600022</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="D38" s="2" t="s">
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="F38" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G38" s="2" t="s">
+      <c r="G38" s="2"/>
+      <c r="H38" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="H38" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I38" s="3">
-        <v>11940392094</v>
+        <v>93040005004</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>78574029100394</v>
+        <v>38909782500050</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="3">
-        <v>11940392094</v>
+        <v>22600085860</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>78574029100980</v>
+        <v>40073444800022</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>173</v>
+        <v>33</v>
       </c>
       <c r="I40" s="3">
-        <v>11940392094</v>
+        <v>31590340859</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>78574029101012</v>
+        <v>40802325700038</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="3">
-        <v>11940392094</v>
+        <v>11752611775</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>79362427100011</v>
+        <v>41159185200073</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I42" s="3">
-        <v>98970416297</v>
+        <v>96973018697</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>50921839200025</v>
+        <v>41355776000019</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="G43" s="2"/>
+        <v>195</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>196</v>
+      </c>
       <c r="H43" s="2" t="s">
-        <v>33</v>
+        <v>197</v>
       </c>
       <c r="I43" s="3">
-        <v>98970335697</v>
+        <v>52850075285</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>75023747100024</v>
+        <v>41436247500025</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>33</v>
+        <v>157</v>
       </c>
       <c r="I44" s="3">
-        <v>11910883091</v>
+        <v>73310286031</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>75246060000048</v>
+        <v>45211949800023</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="3">
-        <v>95970196397</v>
+        <v>11930518993</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>75323263600013</v>
+        <v>45211949800171</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>201</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="G46" s="2"/>
+        <v>205</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>206</v>
+      </c>
       <c r="H46" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I46" s="3">
-        <v>82730151973</v>
+        <v>11930518993</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>53060076600022</v>
+        <v>45211949800197</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="G47" s="2"/>
+        <v>208</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>209</v>
+      </c>
       <c r="H47" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="3">
-        <v>91300315630</v>
+        <v>11930518993</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>30821966600119</v>
+        <v>50921839200025</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D48" s="2"/>
+        <v>210</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>211</v>
+      </c>
       <c r="E48" s="2" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="3">
-        <v>11770000877</v>
+        <v>98970335697</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>32441928201233</v>
+        <v>53060076600022</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I49" s="3">
-        <v>11753781075</v>
+        <v>91300315630</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>32922456200572</v>
+        <v>53226832300047</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="I50" s="3">
-        <v>11755201275</v>
+        <v>91660160066</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>33377152500032</v>
+        <v>75023747100024</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I51" s="3">
-        <v>93050009405</v>
+        <v>11910883091</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>40802325700038</v>
+        <v>75246060000048</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I52" s="3">
-        <v>11752611775</v>
+        <v>95970196397</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>41159185200073</v>
+        <v>75323263600013</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I53" s="3">
-        <v>96973018697</v>
+        <v>82730151973</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>41355776000019</v>
+        <v>77582261200013</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>166</v>
+        <v>197</v>
       </c>
       <c r="I54" s="3">
-        <v>52850075285</v>
+        <v>91110010111</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>41436247500025</v>
+        <v>77925023200039</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>173</v>
+        <v>197</v>
       </c>
       <c r="I55" s="3">
-        <v>73310286031</v>
+        <v>83630363963</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>53226832300047</v>
+        <v>78215186400017</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="G56" s="2"/>
+        <v>232</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>238</v>
+      </c>
       <c r="H56" s="2" t="s">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="I56" s="3">
-        <v>91660160066</v>
+        <v>72470019447</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>34025508200034</v>
+        <v>78351045600016</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>173</v>
+        <v>241</v>
       </c>
       <c r="I57" s="3">
-        <v>11750848275</v>
+        <v>31590120659</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>34025814400245</v>
+        <v>78574029100220</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>242</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>243</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="G58" s="2"/>
+        <v>102</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>245</v>
+      </c>
       <c r="H58" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I58" s="3">
-        <v>53350168735</v>
+        <v>11940392094</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>81298455700031</v>
+        <v>78574029100394</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>173</v>
+        <v>33</v>
       </c>
       <c r="I59" s="3">
-        <v>91340880834</v>
+        <v>11940392094</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82518678600018</v>
+        <v>78574029100980</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="D60" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="E60" s="2" t="s">
+      <c r="F60" s="2" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>251</v>
+        <v>157</v>
       </c>
       <c r="I60" s="3">
-        <v>76340926534</v>
+        <v>11940392094</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>40073444800022</v>
+        <v>78574029101012</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="3">
-        <v>31590340859</v>
+        <v>11940392094</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>45211949800023</v>
+        <v>79362427100011</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="G62" s="2"/>
+        <v>254</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>255</v>
+      </c>
       <c r="H62" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I62" s="3">
-        <v>11930518993</v>
+        <v>98970416297</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>45211949800171</v>
+        <v>79954538900030</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>256</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>256</v>
+      </c>
       <c r="E63" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>258</v>
       </c>
-      <c r="F63" s="2" t="s">
+      <c r="G63" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="G63" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H63" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I63" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I63" s="3"/>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>45211949800197</v>
+        <v>80341269100013</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>262</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>263</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I64" s="3">
-        <v>11930518993</v>
+      <c r="I64" s="3" t="s">
+        <v>264</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>79954538900030</v>
+        <v>80349269300012</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I65" s="3"/>
+        <v>197</v>
+      </c>
+      <c r="I65" s="3">
+        <v>11950569995</v>
+      </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>80341269100013</v>
+        <v>80786008500024</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="D66" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>269</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="G66" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I66" s="3" t="s">
-        <v>272</v>
+      <c r="I66" s="3">
+        <v>73310760531</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>80349269300012</v>
+        <v>81142142900028</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>166</v>
+        <v>33</v>
       </c>
       <c r="I67" s="3">
-        <v>11950569995</v>
+        <v>97973068497</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>80786008500024</v>
+        <v>81298455700031</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="D68" s="2" t="s">
+      <c r="F68" s="2" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>33</v>
+        <v>157</v>
       </c>
       <c r="I68" s="3">
-        <v>73310760531</v>
+        <v>91340880834</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>81142142900028</v>
+        <v>81875335200025</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I69" s="3">
-        <v>97973068497</v>
+        <v>98973060797</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>81875335200025</v>
+        <v>82019892700015</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>33</v>
+        <v>157</v>
       </c>
       <c r="I70" s="3">
-        <v>98973060797</v>
+        <v>11940924094</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>82019892700015</v>
+        <v>82249509900035</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="E71" s="2" t="s">
         <v>285</v>
       </c>
-      <c r="D71" s="2"/>
-      <c r="E71" s="2" t="s">
+      <c r="F71" s="2" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>173</v>
+        <v>33</v>
       </c>
       <c r="I71" s="3">
-        <v>11940924094</v>
+        <v>11755549375</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>82249509900035</v>
+        <v>82409268800012</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2" t="s">
         <v>288</v>
       </c>
-      <c r="D72" s="2" t="s">
+      <c r="F72" s="2" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>291</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I72" s="3">
-        <v>11755549375</v>
+        <v>11930762893</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>82409268800012</v>
+        <v>82409268800053</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>294</v>
+        <v>131</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="3">
         <v>11930762893</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>82409268800053</v>
+        <v>82409268800137</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I74" s="3">
         <v>11930762893</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>82409268800137</v>
+        <v>82409268800160</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I75" s="3">
         <v>11930762893</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>82409268800160</v>
+        <v>82409268800178</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="3">
         <v>11930762893</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>82409268800178</v>
+        <v>82409268800186</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="3">
         <v>11930762893</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>82409268800186</v>
+        <v>82409268800228</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="3">
         <v>11930762893</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>82409268800228</v>
+        <v>82409268800244</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="3">
         <v>11930762893</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>82409268800244</v>
+        <v>82409268800251</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>131</v>
+        <v>298</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I80" s="3">
         <v>11930762893</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>82409268800251</v>
+        <v>82422814200371</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>303</v>
+        <v>131</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>82422814200371</v>
+        <v>82422814200561</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="3">
         <v>11930743393</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>82422814200561</v>
+        <v>82422814200777</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I83" s="3">
         <v>11930743393</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>82422814200777</v>
+        <v>82422814200801</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I84" s="3">
         <v>11930743393</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>82422814200801</v>
+        <v>82422814200918</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>309</v>
+        <v>131</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="3">
         <v>11930743393</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>82422814200918</v>
+        <v>82422814200926</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I86" s="3">
         <v>11930743393</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>82422814200926</v>
+        <v>82422814201015</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="3">
         <v>11930743393</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>82422814201015</v>
+        <v>82422814201098</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="3">
         <v>11930743393</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>82422814201098</v>
+        <v>82422814201148</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="3">
         <v>11930743393</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>82422814201148</v>
+        <v>82422814201163</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="3">
         <v>11930743393</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>82422814201163</v>
+        <v>82422814201205</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="3">
         <v>11930743393</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>82422814201205</v>
+        <v>82422814201270</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I92" s="3">
         <v>11930743393</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>82422814201270</v>
+        <v>82422814201320</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I93" s="3">
         <v>11930743393</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>82422814201320</v>
+        <v>82422814201478</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="3">
         <v>11930743393</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>82422814201478</v>
+        <v>82422814201643</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="3">
         <v>11930743393</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>82422814201643</v>
+        <v>82422814201700</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="3">
         <v>11930743393</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>82422814201700</v>
+        <v>82422814201759</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="3">
         <v>11930743393</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>82422814201759</v>
+        <v>82422814201767</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I98" s="3">
         <v>11930743393</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>82422814201767</v>
+        <v>82518678600018</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="D99" s="2"/>
+        <v>319</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>320</v>
+      </c>
       <c r="E99" s="2" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>131</v>
+        <v>322</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>33</v>
+        <v>323</v>
       </c>
       <c r="I99" s="3">
-        <v>11930743393</v>
+        <v>76340926534</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>82873075400011</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
         <v>325</v>
       </c>
@@ -5317,125 +5317,125 @@
         <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
         <v>85383966000018</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>331</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
         <v>332</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>333</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>166</v>
+        <v>197</v>
       </c>
       <c r="I102" s="3">
         <v>76341041134</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
         <v>89448880800011</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>334</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
         <v>335</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>336</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="I103" s="3">
         <v>93830637783</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
         <v>89942415400016</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>337</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
         <v>338</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>339</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>251</v>
+        <v>323</v>
       </c>
       <c r="I104" s="3">
         <v>93131913413</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>90468475000014</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
@@ -5611,31 +5611,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 19:08:53</dc:description>
+  <dc:description>Export en date du 02/02/2026 01:55:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>