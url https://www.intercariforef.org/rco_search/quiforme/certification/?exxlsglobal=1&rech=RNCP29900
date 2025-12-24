--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -106,120 +106,120 @@
   <si>
     <t>05/10/2015</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE PABLO PICASSO</t>
   </si>
   <si>
     <t>GRETA - CFA DE L'AUDE ET DES PYRENEES ORIENTALES</t>
   </si>
   <si>
     <t>RUE CHARLES BLANC 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
     <t>9166P008466</t>
   </si>
   <si>
+    <t>ECOLE DE FORMATION AUX METIERS DE LA SECURITE</t>
+  </si>
+  <si>
+    <t>ECOME FORMATION</t>
+  </si>
+  <si>
+    <t>14 RUE DE MANTES 92700 COLOMBES</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>2M TRAINING</t>
   </si>
   <si>
     <t>305 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
+    <t>SOCIETE D'ETUDES ET DE REALISATION D'INSTALLATIONS DE SECURITE</t>
+  </si>
+  <si>
+    <t>6-12 6 RUE TRUILLOT 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>AFORP FORMATION</t>
   </si>
   <si>
     <t>CFA AFORP DRANCY</t>
   </si>
   <si>
     <t>RUE DE LA BUTTE 93700 DRANCY</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>31/05/2022</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>CENTRE REEDUCATION INVALIDES CIVILS</t>
   </si>
   <si>
     <t>CRP CRIC PYRENEES</t>
   </si>
   <si>
     <t>AVENUE DES FRERES BARTHELEMY 64110 JURANCON</t>
   </si>
   <si>
     <t>01/04/1989</t>
   </si>
   <si>
     <t>88.10C</t>
-  </si>
-[...25 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>D.G.F - LOGIC</t>
   </si>
   <si>
     <t>32 RUE DU GENERAL DE GAULLE 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>22/11/2014</t>
   </si>
   <si>
     <t>09/01/2023</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE SURETE ET DE SECURITE INCENDIE</t>
   </si>
   <si>
     <t>9 RUE PIERRE ET MARIE CURIE 94200 IVRY-SUR-SEINE</t>
   </si>
   <si>
     <t>20/12/2017</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
@@ -791,249 +791,249 @@
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>75320095500049</v>
+        <v>79195744200019</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I5" s="3">
-        <v>11930647393</v>
+        <v>11921963992</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>77572845400023</v>
+        <v>75320095500049</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="G6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>11921813492</v>
+        <v>11930647393</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77694494400045</v>
+        <v>30827608800074</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="I7" s="3">
-        <v>73310124431</v>
+        <v>11940276694</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>30827608800074</v>
+        <v>77572845400023</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D8" s="2"/>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I8" s="3">
-        <v>11940276694</v>
+        <v>11921813492</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>79195744200019</v>
+        <v>77694494400045</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I9" s="3">
-        <v>11921963992</v>
+        <v>73310124431</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>80878661000010</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
         <v>98970431397</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
@@ -1042,51 +1042,51 @@
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>81508143500035</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I11" s="3">
         <v>11940910194</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
@@ -1262,31 +1262,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 18:53:33</dc:description>
+  <dc:description>Export en date du 12/24/2025 16:43:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>