--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -106,120 +106,120 @@
   <si>
     <t>05/10/2015</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE PABLO PICASSO</t>
   </si>
   <si>
     <t>GRETA - CFA DE L'AUDE ET DES PYRENEES ORIENTALES</t>
   </si>
   <si>
     <t>RUE CHARLES BLANC 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
     <t>9166P008466</t>
   </si>
   <si>
+    <t>SOCIETE D'ETUDES ET DE REALISATION D'INSTALLATIONS DE SECURITE</t>
+  </si>
+  <si>
+    <t>6-12 6 RUE TRUILLOT 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>2M TRAINING</t>
+  </si>
+  <si>
+    <t>305 RUE DE LA BELLE ETOILE 95700 ROISSY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>AFORP FORMATION</t>
+  </si>
+  <si>
+    <t>CFA AFORP DRANCY</t>
+  </si>
+  <si>
+    <t>RUE DE LA BUTTE 93700 DRANCY</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>31/05/2022</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>CENTRE REEDUCATION INVALIDES CIVILS</t>
+  </si>
+  <si>
+    <t>CRP CRIC PYRENEES</t>
+  </si>
+  <si>
+    <t>AVENUE DES FRERES BARTHELEMY 64110 JURANCON</t>
+  </si>
+  <si>
+    <t>01/04/1989</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
     <t>ECOLE DE FORMATION AUX METIERS DE LA SECURITE</t>
   </si>
   <si>
     <t>ECOME FORMATION</t>
   </si>
   <si>
     <t>14 RUE DE MANTES 92700 COLOMBES</t>
   </si>
   <si>
     <t>01/03/2013</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...55 lines deleted...]
-    <t>88.10C</t>
   </si>
   <si>
     <t>D.G.F - LOGIC</t>
   </si>
   <si>
     <t>32 RUE DU GENERAL DE GAULLE 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>22/11/2014</t>
   </si>
   <si>
     <t>09/01/2023</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE SURETE ET DE SECURITE INCENDIE</t>
   </si>
   <si>
     <t>9 RUE PIERRE ET MARIE CURIE 94200 IVRY-SUR-SEINE</t>
   </si>
   <si>
     <t>20/12/2017</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
@@ -791,302 +791,298 @@
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>79195744200019</v>
+        <v>30827608800074</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="D5" s="2"/>
+      <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="I5" s="3">
-        <v>11921963992</v>
+        <v>11940276694</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>75320095500049</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="D6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
         <v>11930647393</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>30827608800074</v>
+        <v>77572845400023</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G7" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>42</v>
+      </c>
       <c r="H7" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77572845400023</v>
+        <v>77694494400045</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G8" s="2" t="s">
         <v>47</v>
       </c>
+      <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>48</v>
       </c>
       <c r="I8" s="3">
-        <v>11921813492</v>
+        <v>73310124431</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77694494400045</v>
+        <v>79195744200019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I9" s="3">
-        <v>73310124431</v>
+        <v>11921963992</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>80878661000010</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>81508143500035</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="I11" s="3">
         <v>11940910194</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
@@ -1262,31 +1258,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 16:43:06</dc:description>
+  <dc:description>Export en date du 02/14/2026 05:41:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>